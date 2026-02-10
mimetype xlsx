--- v0 (2025-12-17)
+++ v1 (2026-02-10)
@@ -1,304 +1,289 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...5 lines deleted...]
-  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-<Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <workbookPr date1904="false"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\Statistik\Daten\Output\website\18 - Oeffentliche Finanzen\04 Steuerstatistik\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B4545635-AFB0-4757-90FF-AE31CC598EA0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="13125" windowHeight="6105" firstSheet="0" activeTab="0"/>
+    <workbookView xWindow="34290" yWindow="3460" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Nachsteuern und Strafen" sheetId="1" state="visible" r:id="rId1"/>
+    <sheet name="Nachsteuern und Strafen" sheetId="1" r:id="rId1"/>
   </sheets>
+  <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="31" uniqueCount="31">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="12">
   <si>
-    <t xml:space="preserve">Nachsteuern und Steuerstrafen</t>
+    <t>Nachsteuern und Steuerstrafen</t>
   </si>
   <si>
-    <t xml:space="preserve">Kanton Zug, 2006 bis 2024</t>
+    <t>Kanton Zug, 2006 bis 2025</t>
   </si>
   <si>
-    <t xml:space="preserve">Jahr</t>
+    <t>Jahr</t>
   </si>
   <si>
-    <t xml:space="preserve">Anzahl Nachsteuerverfügungen</t>
+    <t>Anzahl Nachsteuerverfügungen</t>
   </si>
   <si>
-    <t xml:space="preserve">davon aus Inventaraufnahmen</t>
+    <t>Anzahl Nachsteuerverfügungen aus Inventaraufnahmen</t>
   </si>
   <si>
-    <t xml:space="preserve">Anzahl Steuerstrafverfügungen</t>
+    <t>Anzahl Steuerstrafverfügungen</t>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Anzahl Konsumationsverfügungen </t>
+      <t>Anzahl Konsumationsverfügungen</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
       </rPr>
-      <t xml:space="preserve">1)</t>
+      <t>1)</t>
     </r>
     <r>
-      <t xml:space="preserve"/>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t/>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Kantonssteuern aus Nachsteuern (CHF)</t>
+    <t>Kantonssteuern aus Nachsteuern (CHF)</t>
   </si>
   <si>
-    <t xml:space="preserve">Kantonssteuern aus Steuerstrafen (CHF)</t>
-[...56 lines deleted...]
-    <t xml:space="preserve">2024</t>
+    <t>Kantonssteuern aus Steuerstrafen (CHF)</t>
   </si>
   <si>
     <r>
-      <t xml:space="preserve"/>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>1)</t>
     </r>
     <r>
       <rPr>
-        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
       </rPr>
-      <t xml:space="preserve">1)</t>
-[...1 lines deleted...]
-    <r>
       <t xml:space="preserve"> Verzicht auf Steuerstrafe infolge erstmaliger strafloser Selbstanzeige (Art. 175 Abs. 3 bzw. Art. 181a DBG und Art. 204 Abs. 3 bzw. Art. 210*bis StG</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Datenquelle: Kanton Zug, Steuerverwaltung</t>
+    <t>Datenquelle: Kanton Zug, Steuerverwaltung</t>
   </si>
   <si>
-    <t xml:space="preserve">Fachstelle für Daten und Statistik</t>
+    <t>Fachstelle für Daten und Statistik</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="1">
-[...2 lines deleted...]
-  <fonts count="3">
+  <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
+      <b/>
       <sz val="20"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
-      <b/>
     </font>
     <font>
+      <b/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
-      <b/>
+    </font>
+    <font>
+      <vertAlign val="superscript"/>
+      <sz val="10"/>
+      <name val="Arial"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFD9D9D9"/>
       </left>
       <right style="thin">
         <color rgb="FFD9D9D9"/>
       </right>
       <top style="thin">
         <color rgb="FFD9D9D9"/>
       </top>
       <bottom style="thin">
         <color rgb="FFD9D9D9"/>
       </bottom>
+      <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="9">
+  <cellXfs count="11">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyNumberFormat="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...6 lines deleted...]
-      <alignment horizontal="right" vertical="center"/>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
-    <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Standard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
+  </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-[...5 lines deleted...]
-      <xdr:rowOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:rowOff>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>28</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
-    <xdr:ext xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" cx="2214000" cy="997200"/>
-[...4 lines deleted...]
-          <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+    <xdr:ext cx="2214000" cy="997200"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
-      <xdr:blipFill xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
-[...2 lines deleted...]
-        <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
-      <xdr:spPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
-[...1 lines deleted...]
-          <a:avLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -540,1156 +525,1161 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
-  <dimension ref="A1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:H500"/>
   <sheetViews>
-    <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="true">
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft"/>
+      <selection pane="bottomLeft" activeCell="D14" sqref="D14"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="9.99" hidden="0" customWidth="1"/>
-[...98 lines deleted...]
-    <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
+    <col min="1" max="1" width="10" customWidth="1"/>
+    <col min="2" max="3" width="21.42578125" customWidth="1"/>
+    <col min="4" max="4" width="21" customWidth="1"/>
+    <col min="5" max="5" width="26.140625" customWidth="1"/>
+    <col min="6" max="6" width="14.7109375" customWidth="1"/>
+    <col min="7" max="7" width="15.7109375" bestFit="1" customWidth="1"/>
+    <col min="8" max="100" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="30" customHeight="1">
-      <c r="A1" s="3" t="s">
+    <row r="1" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A2" s="4" t="s">
+      <c r="B1" s="7"/>
+      <c r="C1" s="7"/>
+      <c r="D1" s="7"/>
+      <c r="E1" s="7"/>
+      <c r="F1" s="7"/>
+      <c r="G1" s="7"/>
+      <c r="H1" s="7"/>
+    </row>
+    <row r="2" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="8" t="s">
         <v>1</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="A4" s="6" t="s">
+      <c r="B2" s="7"/>
+      <c r="C2" s="7"/>
+      <c r="D2" s="7"/>
+      <c r="E2" s="7"/>
+      <c r="F2" s="7"/>
+      <c r="G2" s="7"/>
+      <c r="H2" s="7"/>
+    </row>
+    <row r="3" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="4" spans="1:8" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="6" t="s">
+      <c r="B4" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="6" t="s">
+      <c r="C4" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="D4" s="6" t="s">
+      <c r="D4" s="3" t="s">
         <v>5</v>
       </c>
-      <c r="E4" s="6" t="s">
+      <c r="E4" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="F4" s="6" t="s">
+      <c r="F4" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="G4" s="6" t="s">
+      <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="5" ht="15" customHeight="1">
-[...3 lines deleted...]
-      <c r="B5" s="8" t="n">
+    <row r="5" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="4">
+        <v>2006</v>
+      </c>
+      <c r="B5" s="5">
         <v>123</v>
       </c>
-      <c r="C5" s="8" t="n">
+      <c r="C5" s="5">
         <v>11</v>
       </c>
-      <c r="D5" s="8" t="n">
+      <c r="D5" s="5">
         <v>44</v>
       </c>
-      <c r="E5" s="8" t="n">
+      <c r="E5" s="5">
         <v>0</v>
       </c>
-      <c r="F5" s="8" t="n">
+      <c r="F5" s="5">
         <v>2127051</v>
       </c>
-      <c r="G5" s="8" t="n">
+      <c r="G5" s="5">
         <v>679854</v>
       </c>
     </row>
-    <row r="6" ht="15" customHeight="1">
-      <c r="A6" s="7" t="s">
+    <row r="6" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="4">
+        <v>2007</v>
+      </c>
+      <c r="B6" s="5">
+        <v>188</v>
+      </c>
+      <c r="C6" s="5">
+        <v>21</v>
+      </c>
+      <c r="D6" s="5">
+        <v>103</v>
+      </c>
+      <c r="E6" s="5">
+        <v>0</v>
+      </c>
+      <c r="F6" s="5">
+        <v>961681</v>
+      </c>
+      <c r="G6" s="5">
+        <v>179350</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="4">
+        <v>2008</v>
+      </c>
+      <c r="B7" s="5">
+        <v>174</v>
+      </c>
+      <c r="C7" s="5">
+        <v>24</v>
+      </c>
+      <c r="D7" s="5">
+        <v>133</v>
+      </c>
+      <c r="E7" s="5">
+        <v>0</v>
+      </c>
+      <c r="F7" s="5">
+        <v>2233012</v>
+      </c>
+      <c r="G7" s="5">
+        <v>387011</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="4">
+        <v>2009</v>
+      </c>
+      <c r="B8" s="5">
+        <v>151</v>
+      </c>
+      <c r="C8" s="5">
+        <v>25</v>
+      </c>
+      <c r="D8" s="5">
+        <v>101</v>
+      </c>
+      <c r="E8" s="5">
+        <v>0</v>
+      </c>
+      <c r="F8" s="5">
+        <v>3047785</v>
+      </c>
+      <c r="G8" s="5">
+        <v>196413</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="4">
+        <v>2010</v>
+      </c>
+      <c r="B9" s="5">
+        <v>235</v>
+      </c>
+      <c r="C9" s="5">
+        <v>29</v>
+      </c>
+      <c r="D9" s="5">
+        <v>72</v>
+      </c>
+      <c r="E9" s="5">
+        <v>75</v>
+      </c>
+      <c r="F9" s="5">
+        <v>2626650</v>
+      </c>
+      <c r="G9" s="5">
+        <v>110937</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="4">
+        <v>2011</v>
+      </c>
+      <c r="B10" s="5">
+        <v>234</v>
+      </c>
+      <c r="C10" s="5">
+        <v>32</v>
+      </c>
+      <c r="D10" s="5">
+        <v>64</v>
+      </c>
+      <c r="E10" s="5">
+        <v>85</v>
+      </c>
+      <c r="F10" s="5">
+        <v>2239312</v>
+      </c>
+      <c r="G10" s="5">
+        <v>50901</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="4">
+        <v>2012</v>
+      </c>
+      <c r="B11" s="5">
+        <v>153</v>
+      </c>
+      <c r="C11" s="5">
+        <v>23</v>
+      </c>
+      <c r="D11" s="5">
+        <v>54</v>
+      </c>
+      <c r="E11" s="5">
+        <v>56</v>
+      </c>
+      <c r="F11" s="5">
+        <v>2926451</v>
+      </c>
+      <c r="G11" s="5">
+        <v>138432</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="4">
+        <v>2013</v>
+      </c>
+      <c r="B12" s="5">
+        <v>213</v>
+      </c>
+      <c r="C12" s="5">
+        <v>16</v>
+      </c>
+      <c r="D12" s="5">
+        <v>48</v>
+      </c>
+      <c r="E12" s="5">
+        <v>102</v>
+      </c>
+      <c r="F12" s="5">
+        <v>6836739</v>
+      </c>
+      <c r="G12" s="5">
+        <v>85321</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="4">
+        <v>2014</v>
+      </c>
+      <c r="B13" s="5">
+        <v>194</v>
+      </c>
+      <c r="C13" s="5">
+        <v>33</v>
+      </c>
+      <c r="D13" s="5">
+        <v>55</v>
+      </c>
+      <c r="E13" s="5">
+        <v>74</v>
+      </c>
+      <c r="F13" s="5">
+        <v>2679995</v>
+      </c>
+      <c r="G13" s="5">
+        <v>66650</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="4">
+        <v>2015</v>
+      </c>
+      <c r="B14" s="5">
+        <v>273</v>
+      </c>
+      <c r="C14" s="5">
+        <v>36</v>
+      </c>
+      <c r="D14" s="5">
+        <v>67</v>
+      </c>
+      <c r="E14" s="5">
+        <v>126</v>
+      </c>
+      <c r="F14" s="5">
+        <v>4222494</v>
+      </c>
+      <c r="G14" s="5">
+        <v>106681</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="4">
+        <v>2016</v>
+      </c>
+      <c r="B15" s="5">
+        <v>289</v>
+      </c>
+      <c r="C15" s="5">
+        <v>38</v>
+      </c>
+      <c r="D15" s="5">
+        <v>92</v>
+      </c>
+      <c r="E15" s="5">
+        <v>114</v>
+      </c>
+      <c r="F15" s="5">
+        <v>3871628</v>
+      </c>
+      <c r="G15" s="5">
+        <v>148893</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="4">
+        <v>2017</v>
+      </c>
+      <c r="B16" s="5">
+        <v>337</v>
+      </c>
+      <c r="C16" s="5">
+        <v>26</v>
+      </c>
+      <c r="D16" s="5">
+        <v>61</v>
+      </c>
+      <c r="E16" s="5">
+        <v>164</v>
+      </c>
+      <c r="F16" s="5">
+        <v>4914773</v>
+      </c>
+      <c r="G16" s="5">
+        <v>131691</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="4">
+        <v>2018</v>
+      </c>
+      <c r="B17" s="5">
+        <v>362</v>
+      </c>
+      <c r="C17" s="5">
+        <v>21</v>
+      </c>
+      <c r="D17" s="5">
+        <v>35</v>
+      </c>
+      <c r="E17" s="5">
+        <v>220</v>
+      </c>
+      <c r="F17" s="5">
+        <v>4525174</v>
+      </c>
+      <c r="G17" s="5">
+        <v>95551</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="4">
+        <v>2019</v>
+      </c>
+      <c r="B18" s="5">
+        <v>542</v>
+      </c>
+      <c r="C18" s="5">
+        <v>22</v>
+      </c>
+      <c r="D18" s="5">
+        <v>59</v>
+      </c>
+      <c r="E18" s="5">
+        <v>286</v>
+      </c>
+      <c r="F18" s="5">
+        <v>5752484</v>
+      </c>
+      <c r="G18" s="5">
+        <v>67991</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="4">
+        <v>2020</v>
+      </c>
+      <c r="B19" s="5">
+        <v>104</v>
+      </c>
+      <c r="C19" s="5">
+        <v>5</v>
+      </c>
+      <c r="D19" s="5">
+        <v>23</v>
+      </c>
+      <c r="E19" s="5">
+        <v>233</v>
+      </c>
+      <c r="F19" s="5">
+        <v>1113084</v>
+      </c>
+      <c r="G19" s="5">
+        <v>32205</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="4">
+        <v>2021</v>
+      </c>
+      <c r="B20" s="5">
+        <v>238</v>
+      </c>
+      <c r="C20" s="5">
         <v>10</v>
       </c>
-      <c r="B6" s="8" t="n">
-[...2 lines deleted...]
-      <c r="C6" s="8" t="n">
+      <c r="D20" s="5">
+        <v>29</v>
+      </c>
+      <c r="E20" s="5">
+        <v>137</v>
+      </c>
+      <c r="F20" s="5">
+        <v>5123176</v>
+      </c>
+      <c r="G20" s="5">
+        <v>78271</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="4">
+        <v>2022</v>
+      </c>
+      <c r="B21" s="5">
+        <v>213</v>
+      </c>
+      <c r="C21" s="5">
+        <v>15</v>
+      </c>
+      <c r="D21" s="5">
+        <v>45</v>
+      </c>
+      <c r="E21" s="5">
+        <v>123</v>
+      </c>
+      <c r="F21" s="5">
+        <v>5558837</v>
+      </c>
+      <c r="G21" s="5">
+        <v>191566</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="4">
+        <v>2023</v>
+      </c>
+      <c r="B22" s="5">
+        <v>198</v>
+      </c>
+      <c r="C22" s="5">
+        <v>6</v>
+      </c>
+      <c r="D22" s="5">
+        <v>46</v>
+      </c>
+      <c r="E22" s="5">
+        <v>93</v>
+      </c>
+      <c r="F22" s="5">
+        <v>1123766</v>
+      </c>
+      <c r="G22" s="5">
+        <v>194064</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="4">
+        <v>2024</v>
+      </c>
+      <c r="B23" s="5">
+        <v>246</v>
+      </c>
+      <c r="C23" s="5">
         <v>21</v>
       </c>
-      <c r="D6" s="8" t="n">
-[...243 lines deleted...]
-      <c r="A17" s="7" t="s">
+      <c r="D23" s="5">
+        <v>58</v>
+      </c>
+      <c r="E23" s="5">
+        <v>119</v>
+      </c>
+      <c r="F23" s="5">
+        <v>2496920</v>
+      </c>
+      <c r="G23" s="5">
+        <v>272986.84999999998</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B24" s="5">
+        <v>247</v>
+      </c>
+      <c r="C24" s="5">
         <v>21</v>
       </c>
-      <c r="B17" s="8" t="n">
-[...168 lines deleted...]
-      </c>
+      <c r="D24" s="5">
+        <v>57</v>
+      </c>
+      <c r="E24" s="5">
+        <v>136</v>
+      </c>
+      <c r="F24" s="5">
+        <v>2202730</v>
+      </c>
+      <c r="G24" s="5">
+        <v>202720</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="1"/>
       <c r="B25" s="2"/>
       <c r="C25" s="2"/>
       <c r="D25" s="2"/>
       <c r="E25" s="2"/>
       <c r="F25" s="2"/>
       <c r="G25" s="2"/>
     </row>
-    <row r="26" ht="15" customHeight="1">
-[...495 lines deleted...]
-    <row r="500" ht="15" customHeight="1"/>
+    <row r="26" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="B26" s="10"/>
+      <c r="C26" s="10"/>
+      <c r="D26" s="10"/>
+      <c r="E26" s="10"/>
+      <c r="F26" s="10"/>
+      <c r="G26" s="10"/>
+      <c r="H26" s="7"/>
+    </row>
+    <row r="27" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="B27" s="10"/>
+      <c r="C27" s="10"/>
+      <c r="D27" s="10"/>
+      <c r="E27" s="10"/>
+      <c r="F27" s="10"/>
+      <c r="G27" s="10"/>
+      <c r="H27" s="7"/>
+    </row>
+    <row r="28" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="1"/>
+      <c r="B28" s="2"/>
+      <c r="C28" s="2"/>
+      <c r="D28" s="2"/>
+      <c r="E28" s="2"/>
+      <c r="F28" s="2"/>
+      <c r="G28" s="2"/>
+    </row>
+    <row r="29" spans="1:8" ht="81" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="30" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="B30" s="7"/>
+      <c r="C30" s="7"/>
+      <c r="D30" s="7"/>
+      <c r="E30" s="7"/>
+      <c r="F30" s="7"/>
+      <c r="G30" s="7"/>
+      <c r="H30" s="7"/>
+    </row>
+    <row r="31" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="32" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="33" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="34" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="35" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="36" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="37" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="38" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="39" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="40" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="41" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="42" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="43" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="44" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="45" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="46" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="47" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="48" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="49" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="50" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="51" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="52" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="53" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="54" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="55" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="56" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="57" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="58" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="59" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="60" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="61" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="62" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="63" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="64" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="65" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="66" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="67" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="68" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="69" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="70" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="71" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="72" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="73" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="74" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="75" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="76" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="77" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="78" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="79" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="80" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="81" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="82" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="83" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="84" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="85" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="86" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="87" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="88" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="89" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="90" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="91" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="92" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="93" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="94" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="95" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="96" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="97" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="98" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="99" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="100" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="101" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="102" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="103" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="104" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="105" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="106" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="107" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="108" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="109" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="110" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="111" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="112" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="113" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="114" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="115" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="116" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="117" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="118" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="119" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="120" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="121" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="122" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="123" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="124" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="125" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="126" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="127" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="128" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="129" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="130" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="131" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="132" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="133" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="134" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="135" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="136" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="137" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="138" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="139" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="140" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="141" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="142" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="143" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="144" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="145" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="146" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="147" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="148" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="149" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="150" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="151" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="152" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="153" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="154" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="155" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="156" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="157" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="158" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="159" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="160" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="161" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="162" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="163" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="164" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="165" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="166" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="167" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="168" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="169" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="170" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="171" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="172" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="173" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="174" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="175" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="176" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="177" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="178" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="179" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="180" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="181" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="182" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="183" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="184" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="185" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="186" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="187" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="188" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="189" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="190" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="191" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="192" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="193" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="194" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="195" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="196" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="197" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="198" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="199" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="200" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="201" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="202" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="203" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="204" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="205" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="206" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="207" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="208" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="209" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="210" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="211" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="212" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="213" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="214" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="215" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="216" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="217" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="218" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="219" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="220" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="221" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="222" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="223" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="224" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="225" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="226" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="227" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="228" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="229" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="230" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="231" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="232" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="233" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="234" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="235" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="236" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="237" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="238" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="239" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="240" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="241" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="242" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="243" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="244" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="245" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="246" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="247" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="248" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="249" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="250" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="251" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="252" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="253" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="254" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="255" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="256" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="257" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="258" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="259" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="260" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="261" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="262" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="263" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="264" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="265" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="266" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="267" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="268" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="269" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="270" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="271" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="272" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="273" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="274" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="275" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="276" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="277" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="278" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="279" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="280" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="281" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="282" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="283" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="284" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="285" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="286" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="287" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="288" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="289" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="290" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="291" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="292" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="293" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="294" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="295" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="296" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="297" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="298" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="299" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="300" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="301" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="302" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="303" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="304" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="305" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="306" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="307" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="308" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="309" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="310" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="311" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="312" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="313" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="314" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="315" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="316" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="317" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="318" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="319" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="320" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="321" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="322" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="323" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="324" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="325" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="326" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="327" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="328" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="329" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="330" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="331" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="332" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="333" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="334" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="335" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="336" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="337" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="338" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="339" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="340" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="341" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="342" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="343" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="344" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="345" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="346" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="347" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="348" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="349" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="350" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="351" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="352" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="353" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="354" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="355" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="356" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="357" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="358" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="359" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="360" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="361" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="362" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="363" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="364" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="365" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="366" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="367" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="368" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="369" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="370" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="371" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="372" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="373" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="374" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="375" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="376" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="377" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="378" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="379" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="380" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="381" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="382" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="383" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="384" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="385" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="386" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="387" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="388" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="389" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="390" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="391" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="392" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="393" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="394" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="395" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="396" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="397" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="398" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="399" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="400" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="401" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="402" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="403" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="404" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="405" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="406" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="407" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="408" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="409" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="410" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="411" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="412" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="413" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="414" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="415" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="416" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="417" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="418" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="419" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="420" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="421" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="422" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="423" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="424" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="425" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="426" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="427" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="428" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="429" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="430" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="431" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="432" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="433" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="434" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="435" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="436" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="437" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="438" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="439" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="440" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="441" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="442" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="443" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="444" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="445" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="446" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="447" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="448" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="449" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="450" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="451" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="452" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="453" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="454" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="455" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="456" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="457" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="458" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="459" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="460" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="461" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="462" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="463" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="464" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="465" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="466" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="467" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="468" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="469" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="470" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="471" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="472" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="473" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="474" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="475" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="476" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="477" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="478" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="479" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="480" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="481" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="482" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="483" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="484" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="485" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="486" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="487" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="488" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="489" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="490" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="491" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="492" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="493" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="494" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="495" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="496" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="497" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="498" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="499" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="500" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
-    <mergeCell ref="A25:H25"/>
     <mergeCell ref="A26:H26"/>
-    <mergeCell ref="A29:H29"/>
+    <mergeCell ref="A27:H27"/>
+    <mergeCell ref="A30:H30"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Arbeitsblätter</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>Nachsteuern und Strafen</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>zghori</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
-</coreProperties>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+</cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_SetDate">
+    <vt:lpwstr>2026-02-10T10:50:41Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_Name">
+    <vt:lpwstr>KTZG_Intern</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_SiteId">
+    <vt:lpwstr>7b979bcc-f4f4-4d20-8c59-e9b7a9406038</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_ActionId">
+    <vt:lpwstr>16c2d73f-8d6f-45ae-8720-c707a42869fc</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>