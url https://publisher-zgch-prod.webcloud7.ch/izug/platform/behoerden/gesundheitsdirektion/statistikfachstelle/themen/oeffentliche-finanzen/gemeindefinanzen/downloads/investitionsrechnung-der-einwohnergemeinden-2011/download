--- v0 (2025-12-17)
+++ v1 (2026-02-10)
@@ -1,1144 +1,1076 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28429"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{46AA11A7-A5ED-4910-8390-D0F286BE736D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <workbookPr/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\Statistik\Daten\Output\website\18 - Oeffentliche Finanzen\03 Gemeindefinanzen\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2C23AD26-2B5B-477F-8475-1A7760B11379}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="862" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="1125" yWindow="2910" windowWidth="19425" windowHeight="11505" firstSheet="5" activeTab="7" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="a) Nettoschuld pro Einw." sheetId="11" r:id="rId1"/>
-[...6 lines deleted...]
-    <sheet name="h) Kapitaldienstanteil" sheetId="18" r:id="rId8"/>
+    <sheet name="Nettoschuld" sheetId="1" r:id="rId1"/>
+    <sheet name="Bruttoverschuldungsanteil" sheetId="2" r:id="rId2"/>
+    <sheet name="Nettoverschuldungsquotient" sheetId="3" r:id="rId3"/>
+    <sheet name="Selbstfinanzierungsgrad" sheetId="4" r:id="rId4"/>
+    <sheet name="Selbstfinanzierungsanteil" sheetId="5" r:id="rId5"/>
+    <sheet name="Investitionsanteil" sheetId="6" r:id="rId6"/>
+    <sheet name="Zinsbelastungsanteil" sheetId="7" r:id="rId7"/>
+    <sheet name="Kapitaldienstanteil" sheetId="8" r:id="rId8"/>
   </sheets>
-  <definedNames>
-[...22 lines deleted...]
-  </extLst>
+  <calcPr calcId="0"/>
 </workbook>
 </file>
 
-<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
-[...11 lines deleted...]
-
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="285" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="232" uniqueCount="50">
   <si>
-    <t/>
+    <r>
+      <t>Finanzkennzahlen der Einwohnergemeinden des Kantons Zug</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>1)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t/>
+    </r>
   </si>
   <si>
-    <t>Fachstelle Statistik des Kantons Zug</t>
-[...2 lines deleted...]
-    <t>Nettoschuld pro Einwohnerin oder Einwohner (in Franken)</t>
+    <t>Nettoschuld pro Einwohner (CHF)</t>
   </si>
   <si>
     <t>Einwohnergemeinde</t>
   </si>
   <si>
-    <t>Rechnung
-2014</t>
+    <t>Rechnung 2014</t>
   </si>
   <si>
-    <t>Rechnung
-2015</t>
+    <t>Rechnung 2015</t>
   </si>
   <si>
-    <t>Rechnung
-2016</t>
+    <t>Rechnung 2016</t>
+  </si>
+  <si>
+    <t>Rechnung 2017</t>
+  </si>
+  <si>
+    <t>Rechnung 2018</t>
+  </si>
+  <si>
+    <t>Rechnung 2019</t>
+  </si>
+  <si>
+    <t>Rechnung 2020</t>
+  </si>
+  <si>
+    <t>Rechnung 2021</t>
+  </si>
+  <si>
+    <t>Rechnung 2022</t>
+  </si>
+  <si>
+    <t>Rechnung 2023</t>
+  </si>
+  <si>
+    <t>Rechnung 2024</t>
   </si>
   <si>
     <t>Baar</t>
   </si>
   <si>
     <t>Cham</t>
   </si>
   <si>
     <t>Hünenberg</t>
   </si>
   <si>
     <t>Menzingen</t>
   </si>
   <si>
     <t>Neuheim</t>
   </si>
   <si>
     <t>Oberägeri</t>
   </si>
   <si>
     <t>Risch</t>
   </si>
   <si>
-    <t>-</t>
-[...1 lines deleted...]
-  <si>
     <t>Steinhausen</t>
   </si>
   <si>
     <t>Unterägeri</t>
   </si>
   <si>
     <t>Walchwil</t>
   </si>
   <si>
     <t>Zug</t>
   </si>
   <si>
     <t>Mittelwert</t>
   </si>
   <si>
-    <t>Datenquelle: Jahresrechnungen der Einwohnergemeinden</t>
-[...16 lines deleted...]
-  <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
       <t>1)</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
+        <color rgb="FF000000"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
       <t xml:space="preserve"> gemäss § 9 Abs. 2 der Finanzhaushaltverordnung vom 21. November 2017 (FHV; BGS 611.11)
 Die Nettoschuld gibt in Franken an, wie hoch das Fremdkapital minus das Finanzvermögen pro Einwohnerin oder Einwohner ist. Ein negativer Wert bedeutet ein Nettovermögen.
 Richtwerte gemäss HRM2: Es gibt keine absoluten Richtwerte; diese hängen vom Verhältnis der Ausgaben zu den Einnahmen ab.</t>
+    </r>
+  </si>
+  <si>
+    <t>Datenquelle: Jahresrechnungen der Einwohnergemeinden</t>
+  </si>
+  <si>
+    <t>Fachstelle für Daten und Statistik</t>
+  </si>
+  <si>
+    <r>
+      <t>Finanzkennzahlen der Einwohnergemeinden des Kantons Zug</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>1)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t/>
     </r>
   </si>
   <si>
     <t>Bruttoverschuldungsanteil (in %)</t>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
       <t>1)</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
+        <color rgb="FF000000"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
       <t xml:space="preserve"> gemäss § 9 Abs. 2 der Finanzhaushaltverordnung vom 21. November 2017 (FHV; BGS 611.11)
 Der Bruttoverschuldungsanteil gibt in Prozenten an, wie hoch die Bruttoschulden im Verhältnis zum Laufenden Ertrag sind.
 Richtwerte gemäss HRM2: &lt;50% sehr gut, 50–100% gut, 100–150% mittel, 150–200% schlecht, &gt;200% kritisch </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Finanzkennzahlen der Einwohnergemeinden des Kantons Zug</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>1)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t/>
     </r>
   </si>
   <si>
     <t>Nettoverschuldungsquotient (in %)</t>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
       <t>1)</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
+        <color rgb="FF000000"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
       <t xml:space="preserve"> gemäss § 9 Abs. 2 der Finanzhaushaltverordnung vom 21. November 2017 (FHV; BGS 611.11)
 Der Nettoverschuldungsquotient gibt in Prozenten an, welcher Anteil des Fiskalertrags bzw. wie viele Jahrestranchen des Fiskalertrags notwendig wären, um die Nettoschuld abzutragen.
 Richtwerte gemäss HRM2: &lt;100% gut, 100–150% genügend, &gt;150% schlecht</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Finanzkennzahlen der Einwohnergemeinden des Kantons Zug</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>1)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t/>
     </r>
   </si>
   <si>
     <t>Selbstfinanzierungsgrad (in %)</t>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
       <t>1)</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
+        <color rgb="FF000000"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
       <t xml:space="preserve"> gemäss § 9 Abs. 2 der Finanzhaushaltverordnung vom 21. November 2017 (FHV; BGS 611.11)
 Der Selbstfinanzierungsgrad gibt in Prozenten an, welcher Anteil der Nettoinvestitionen aus den im gleichen Jahr erwirtschafteten eigenen Mitteln finanziert werden kann.
 Richtwerte gemäss HRM2: Die Richtwerte sind abhängig von der Konjunkturlage, &gt;100% Hochkonjunktur, 80–100% Normalfall, &lt;80% Abschwung, Mittelfristig sollte die Kennzahl gegen 100% tendieren</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Finanzkennzahlen der Einwohnergemeinden des Kantons Zug</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>1)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t/>
     </r>
   </si>
   <si>
     <t>Selbstfinanzierungsanteil (in %)</t>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
       <t>1)</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
+        <color rgb="FF000000"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
       <t xml:space="preserve"> gemäss § 9 Abs. 2 der Finanzhaushaltverordnung vom 21. November 2017 (FHV; BGS 611.11)
 Der Selbstfinanzierungsanteil gibt in Prozenten an, welcher Anteil des Laufenden Ertrags zur Finanzierung der Investitionen verwendet werden kann.
 Richtwerte gemäss HRM2: &gt;20% gut, 10–20% mittel, &lt;10% schlecht</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Finanzkennzahlen der Einwohnergemeinden des Kantons Zug</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>1)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t/>
     </r>
   </si>
   <si>
     <t>Investitionsanteil (in %)</t>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
       <t>1)</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
+        <color rgb="FF000000"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
       <t xml:space="preserve"> gemäss § 9 Abs. 2 der Finanzhaushaltverordnung vom 21. November 2017 (FHV; BGS 611.11)
 Der Investitionsanteil gibt in Prozenten an, wie hoch die Bruttoinvestitionen im Verhältnis der Gesamtausgaben sind.
 Richtwerte gemäss HRM2: &lt;10% schwache Investitionstätigkeit, 10–20% mittlere Investitionstätigkeit, 20–30% starke Investitionstätigkeit, &gt;30% sehr starke Investitionstätigkeit</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Finanzkennzahlen der Einwohnergemeinden des Kantons Zug</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>1)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t/>
     </r>
   </si>
   <si>
     <t>Zinsbelastungsanteil (in %)</t>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
       <t>1)</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
+        <color rgb="FF000000"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
       <t xml:space="preserve"> gemäss § 9 Abs. 2 der Finanzhaushaltverordnung vom 21. November 2017 (FHV; BGS 611.11)
 Der Zinsbelastungsanteil gibt in Prozenten an, welcher Anteil des Laufenden Ertrags für den Nettozinsaufwand verwendet wird. 
 Richtwerte gemäss HRM2: 0–4% gut, 4–9% genügend, &gt;9% schlecht</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Finanzkennzahlen der Einwohnergemeinden des Kantons Zug</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>1)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t/>
     </r>
   </si>
   <si>
     <t>Kapitaldienstanteil (in %)</t>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
       <t>1)</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
+        <color rgb="FF000000"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
       <t xml:space="preserve"> gemäss § 9 Abs. 2 der Finanzhaushaltverordnung vom 21. November 2017 (FHV; BGS 611.11)
 Der Kapitaldienstanteil gibt in Prozenten an, welcher Anteil des Laufenden Ertrags für die Zinsen und die Abschreibungen (Kapitaldienst) verwendet wird. 
 Richtwerte gemäss HRM2: &lt;5% geringe Belastung, 5–15% tragbare Belastung, &gt;15% hohe Belastung</t>
     </r>
-  </si>
-[...29 lines deleted...]
-2023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
-  <fonts count="7" x14ac:knownFonts="1">
+  <fonts count="4" x14ac:knownFonts="1">
     <font>
-      <sz val="11"/>
-[...3 lines deleted...]
-      <scheme val="minor"/>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
+      <color rgb="FF000000"/>
       <name val="Arial"/>
-      <family val="2"/>
-[...4 lines deleted...]
-      <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
+      <color rgb="FF000000"/>
       <name val="Arial"/>
-      <family val="2"/>
-[...12 lines deleted...]
-      <family val="2"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="10"/>
       <name val="Arial"/>
-      <family val="2"/>
     </font>
   </fonts>
-  <fills count="3">
+  <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
-    </fill>
-[...4 lines deleted...]
-      </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color theme="0" tint="-0.249977111117893"/>
+        <color rgb="FFD9D9D9"/>
       </left>
       <right style="thin">
-        <color theme="0" tint="-0.249977111117893"/>
+        <color rgb="FFD9D9D9"/>
       </right>
       <top style="thin">
-        <color theme="0" tint="-0.249977111117893"/>
+        <color rgb="FFD9D9D9"/>
       </top>
       <bottom style="thin">
-        <color theme="0" tint="-0.249977111117893"/>
+        <color rgb="FFD9D9D9"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="17">
+  <cellXfs count="14">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...2 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="3" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...24 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-  <xdr:twoCellAnchor editAs="oneCell">
+  <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>1</xdr:colOff>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
-    <xdr:to>
-[...4 lines deleted...]
-    </xdr:to>
+    <xdr:ext cx="2214000" cy="997200"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Grafik 1">
+        <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
-[...5 lines deleted...]
-        </a:blip>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
-        <a:xfrm>
-[...2 lines deleted...]
-        </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
-  </xdr:twoCellAnchor>
+  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-  <xdr:twoCellAnchor editAs="oneCell">
+  <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>1</xdr:colOff>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
-    <xdr:to>
-[...4 lines deleted...]
-    </xdr:to>
+    <xdr:ext cx="2214000" cy="997200"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Grafik 1">
+        <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
-[...5 lines deleted...]
-        </a:blip>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
-        <a:xfrm>
-[...2 lines deleted...]
-        </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
-  </xdr:twoCellAnchor>
+  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-  <xdr:twoCellAnchor editAs="oneCell">
+  <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>1</xdr:colOff>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
-    <xdr:to>
-[...4 lines deleted...]
-    </xdr:to>
+    <xdr:ext cx="2214000" cy="997200"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Grafik 1">
+        <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
-[...5 lines deleted...]
-        </a:blip>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
-        <a:xfrm>
-[...2 lines deleted...]
-        </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
-  </xdr:twoCellAnchor>
+  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-  <xdr:twoCellAnchor editAs="oneCell">
+  <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>1</xdr:colOff>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
-    <xdr:to>
-[...4 lines deleted...]
-    </xdr:to>
+    <xdr:ext cx="2214000" cy="997200"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Grafik 1">
+        <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
-[...5 lines deleted...]
-        </a:blip>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
-        <a:xfrm>
-[...2 lines deleted...]
-        </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
-  </xdr:twoCellAnchor>
+  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-  <xdr:twoCellAnchor editAs="oneCell">
+  <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>1</xdr:colOff>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
-    <xdr:to>
-[...4 lines deleted...]
-    </xdr:to>
+    <xdr:ext cx="2214000" cy="997200"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Grafik 1">
+        <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
-[...5 lines deleted...]
-        </a:blip>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
-        <a:xfrm>
-[...2 lines deleted...]
-        </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
-  </xdr:twoCellAnchor>
+  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-  <xdr:twoCellAnchor editAs="oneCell">
+  <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>1</xdr:colOff>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
-    <xdr:to>
-[...4 lines deleted...]
-    </xdr:to>
+    <xdr:ext cx="2214000" cy="997200"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Grafik 1">
+        <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0500-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
-[...5 lines deleted...]
-        </a:blip>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
-        <a:xfrm>
-[...2 lines deleted...]
-        </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
-  </xdr:twoCellAnchor>
+  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-  <xdr:twoCellAnchor editAs="oneCell">
+  <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>1</xdr:colOff>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
-    <xdr:to>
-[...4 lines deleted...]
-    </xdr:to>
+    <xdr:ext cx="2214000" cy="997200"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Grafik 1">
+        <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0600-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
-[...5 lines deleted...]
-        </a:blip>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
-        <a:xfrm>
-[...2 lines deleted...]
-        </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
-  </xdr:twoCellAnchor>
+  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing8.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-  <xdr:twoCellAnchor editAs="oneCell">
+  <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>1</xdr:colOff>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
-    <xdr:to>
-[...4 lines deleted...]
-    </xdr:to>
+    <xdr:ext cx="2214000" cy="997200"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Grafik 1">
+        <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
-[...5 lines deleted...]
-        </a:blip>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
-        <a:xfrm>
-[...2 lines deleted...]
-        </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
-  </xdr:twoCellAnchor>
+  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
-[...2 lines deleted...]
-        <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
-[...2 lines deleted...]
-        <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
@@ -1155,60 +1087,64 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="100000"/>
-                <a:shade val="100000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="80000">
+              <a:schemeClr val="phClr">
+                <a:shade val="93000"/>
                 <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
         <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr">
               <a:shade val="95000"/>
               <a:satMod val="105000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
@@ -1286,4816 +1222,8909 @@
             <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
           </a:path>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults>
-[...38 lines deleted...]
-  </a:objectDefaults>
+  <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:K22"/>
+  <dimension ref="A1:L500"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <pane ySplit="4" topLeftCell="A12" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="E8" sqref="E8"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="18.42578125" customWidth="1"/>
-    <col min="2" max="7" width="10" customWidth="1"/>
+    <col min="1" max="1" width="18.5703125" customWidth="1"/>
+    <col min="2" max="5" width="10.140625" customWidth="1"/>
+    <col min="6" max="10" width="13.85546875" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="10.140625" customWidth="1"/>
+    <col min="12" max="12" width="13.85546875" bestFit="1" customWidth="1"/>
+    <col min="13" max="100" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" s="1" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="14" t="s">
+    <row r="1" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="8" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="9"/>
+      <c r="C1" s="9"/>
+      <c r="D1" s="9"/>
+      <c r="E1" s="9"/>
+      <c r="F1" s="9"/>
+      <c r="G1" s="9"/>
+      <c r="H1" s="9"/>
+      <c r="I1" s="9"/>
+      <c r="J1" s="9"/>
+      <c r="K1" s="9"/>
+      <c r="L1" s="9"/>
+    </row>
+    <row r="2" spans="1:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="B2" s="9"/>
+      <c r="C2" s="9"/>
+      <c r="D2" s="9"/>
+      <c r="E2" s="9"/>
+      <c r="F2" s="9"/>
+      <c r="G2" s="9"/>
+      <c r="H2" s="9"/>
+      <c r="I2" s="9"/>
+      <c r="J2" s="9"/>
+      <c r="K2" s="9"/>
+      <c r="L2" s="9"/>
+    </row>
+    <row r="3" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="4" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C4" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="D4" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="H4" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="I4" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="J4" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="K4" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="L4" s="3" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="B5" s="5">
+        <v>-5406</v>
+      </c>
+      <c r="C5" s="5">
+        <v>-4506</v>
+      </c>
+      <c r="D5" s="5">
+        <v>-5094</v>
+      </c>
+      <c r="E5" s="5">
+        <v>-5577</v>
+      </c>
+      <c r="F5" s="5">
+        <v>-6836</v>
+      </c>
+      <c r="G5" s="5">
+        <v>-7679</v>
+      </c>
+      <c r="H5" s="5">
+        <v>-7897</v>
+      </c>
+      <c r="I5" s="5">
+        <v>-7626</v>
+      </c>
+      <c r="J5" s="5">
+        <v>-7010</v>
+      </c>
+      <c r="K5" s="5">
+        <v>-6366</v>
+      </c>
+      <c r="L5" s="5">
+        <v>-6713</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="B6" s="5">
+        <v>-1092</v>
+      </c>
+      <c r="C6" s="5">
+        <v>-994</v>
+      </c>
+      <c r="D6" s="5">
+        <v>-1443</v>
+      </c>
+      <c r="E6" s="5">
+        <v>-2116</v>
+      </c>
+      <c r="F6" s="5">
+        <v>-3002</v>
+      </c>
+      <c r="G6" s="5">
+        <v>-3743</v>
+      </c>
+      <c r="H6" s="5">
+        <v>-3840</v>
+      </c>
+      <c r="I6" s="5">
+        <v>-4812</v>
+      </c>
+      <c r="J6" s="5">
+        <v>-4927</v>
+      </c>
+      <c r="K6" s="5">
+        <v>-5475</v>
+      </c>
+      <c r="L6" s="5">
+        <v>-7074</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" s="5">
+        <v>-1631</v>
+      </c>
+      <c r="C7" s="5">
+        <v>-566</v>
+      </c>
+      <c r="D7" s="5">
+        <v>-363</v>
+      </c>
+      <c r="E7" s="5">
+        <v>-572</v>
+      </c>
+      <c r="F7" s="5">
+        <v>-970</v>
+      </c>
+      <c r="G7" s="5">
+        <v>-1278</v>
+      </c>
+      <c r="H7" s="5">
+        <v>-1427</v>
+      </c>
+      <c r="I7" s="5">
+        <v>-2576</v>
+      </c>
+      <c r="J7" s="5">
+        <v>-2764</v>
+      </c>
+      <c r="K7" s="5">
+        <v>-2786</v>
+      </c>
+      <c r="L7" s="5">
+        <v>-3694</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B8" s="5">
+        <v>-1454</v>
+      </c>
+      <c r="C8" s="5">
+        <v>-622</v>
+      </c>
+      <c r="D8" s="5">
+        <v>-142</v>
+      </c>
+      <c r="E8" s="5">
+        <v>-900</v>
+      </c>
+      <c r="F8" s="5">
+        <v>-1421</v>
+      </c>
+      <c r="G8" s="5">
+        <v>-2028</v>
+      </c>
+      <c r="H8" s="5">
+        <v>-2853</v>
+      </c>
+      <c r="I8" s="5">
+        <v>-3708</v>
+      </c>
+      <c r="J8" s="5">
+        <v>-3673</v>
+      </c>
+      <c r="K8" s="5">
+        <v>-3822</v>
+      </c>
+      <c r="L8" s="5">
+        <v>-4304</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="B9" s="5">
+        <v>48</v>
+      </c>
+      <c r="C9" s="5">
+        <v>166</v>
+      </c>
+      <c r="D9" s="5">
+        <v>-559</v>
+      </c>
+      <c r="E9" s="5">
+        <v>-651</v>
+      </c>
+      <c r="F9" s="5">
+        <v>-694</v>
+      </c>
+      <c r="G9" s="5">
+        <v>-1319</v>
+      </c>
+      <c r="H9" s="5">
+        <v>-787</v>
+      </c>
+      <c r="I9" s="5">
+        <v>-1885</v>
+      </c>
+      <c r="J9" s="5">
+        <v>-2289</v>
+      </c>
+      <c r="K9" s="5">
+        <v>-1213</v>
+      </c>
+      <c r="L9" s="5">
+        <v>-2591</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="B10" s="5">
+        <v>-3756</v>
+      </c>
+      <c r="C10" s="5">
+        <v>-1217</v>
+      </c>
+      <c r="D10" s="5">
+        <v>-2082</v>
+      </c>
+      <c r="E10" s="5">
+        <v>-3125</v>
+      </c>
+      <c r="F10" s="5">
+        <v>-4268</v>
+      </c>
+      <c r="G10" s="5">
+        <v>-5477</v>
+      </c>
+      <c r="H10" s="5">
+        <v>-5368</v>
+      </c>
+      <c r="I10" s="5">
+        <v>-5007</v>
+      </c>
+      <c r="J10" s="5">
+        <v>-4243</v>
+      </c>
+      <c r="K10" s="5">
+        <v>-4670</v>
+      </c>
+      <c r="L10" s="5">
+        <v>-8704</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B11" s="5"/>
+      <c r="C11" s="5"/>
+      <c r="D11" s="5"/>
+      <c r="E11" s="5"/>
+      <c r="F11" s="5">
+        <v>-5312</v>
+      </c>
+      <c r="G11" s="5">
+        <v>-5072</v>
+      </c>
+      <c r="H11" s="5">
+        <v>-4894</v>
+      </c>
+      <c r="I11" s="5">
+        <v>-4941</v>
+      </c>
+      <c r="J11" s="5">
+        <v>-6369</v>
+      </c>
+      <c r="K11" s="5">
+        <v>-5246</v>
+      </c>
+      <c r="L11" s="5">
+        <v>-4796</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="4" t="s">
         <v>21</v>
       </c>
-      <c r="B1" s="14"/>
-[...10 lines deleted...]
-      <c r="A2" s="15" t="s">
+      <c r="B12" s="5">
+        <v>-4949</v>
+      </c>
+      <c r="C12" s="5">
+        <v>-6733</v>
+      </c>
+      <c r="D12" s="5">
+        <v>-6673</v>
+      </c>
+      <c r="E12" s="5">
+        <v>-5148</v>
+      </c>
+      <c r="F12" s="5">
+        <v>-5016</v>
+      </c>
+      <c r="G12" s="5">
+        <v>-5071</v>
+      </c>
+      <c r="H12" s="5">
+        <v>-5695</v>
+      </c>
+      <c r="I12" s="5">
+        <v>-5546</v>
+      </c>
+      <c r="J12" s="5">
+        <v>-6273</v>
+      </c>
+      <c r="K12" s="5">
+        <v>-8027</v>
+      </c>
+      <c r="L12" s="5">
+        <v>-8827</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B13" s="5">
+        <v>-1279</v>
+      </c>
+      <c r="C13" s="5">
+        <v>-1410</v>
+      </c>
+      <c r="D13" s="5">
+        <v>-1773</v>
+      </c>
+      <c r="E13" s="5">
+        <v>-2437</v>
+      </c>
+      <c r="F13" s="5">
+        <v>-3139</v>
+      </c>
+      <c r="G13" s="5">
+        <v>-3613</v>
+      </c>
+      <c r="H13" s="5">
+        <v>-3902</v>
+      </c>
+      <c r="I13" s="5">
+        <v>-4292</v>
+      </c>
+      <c r="J13" s="5">
+        <v>-4489</v>
+      </c>
+      <c r="K13" s="5">
+        <v>-5500</v>
+      </c>
+      <c r="L13" s="5">
+        <v>-4509</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="B14" s="5">
+        <v>898</v>
+      </c>
+      <c r="C14" s="5">
+        <v>-828</v>
+      </c>
+      <c r="D14" s="5">
+        <v>-130</v>
+      </c>
+      <c r="E14" s="5">
+        <v>1693</v>
+      </c>
+      <c r="F14" s="5">
+        <v>2270</v>
+      </c>
+      <c r="G14" s="5">
+        <v>1920</v>
+      </c>
+      <c r="H14" s="5">
+        <v>-1973</v>
+      </c>
+      <c r="I14" s="5">
+        <v>-3397</v>
+      </c>
+      <c r="J14" s="5">
+        <v>-3970</v>
+      </c>
+      <c r="K14" s="5">
+        <v>-5252</v>
+      </c>
+      <c r="L14" s="5">
+        <v>-7657</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="B15" s="5">
+        <v>-1548</v>
+      </c>
+      <c r="C15" s="5">
+        <v>-3083</v>
+      </c>
+      <c r="D15" s="5">
+        <v>-4952</v>
+      </c>
+      <c r="E15" s="5">
+        <v>-6105</v>
+      </c>
+      <c r="F15" s="5">
+        <v>-7053</v>
+      </c>
+      <c r="G15" s="5">
+        <v>-8271</v>
+      </c>
+      <c r="H15" s="5">
+        <v>-9508</v>
+      </c>
+      <c r="I15" s="5">
+        <v>-11561</v>
+      </c>
+      <c r="J15" s="5">
+        <v>-12787</v>
+      </c>
+      <c r="K15" s="5">
+        <v>-15960</v>
+      </c>
+      <c r="L15" s="5">
+        <v>-19630</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="B16" s="5"/>
+      <c r="C16" s="5"/>
+      <c r="D16" s="5"/>
+      <c r="E16" s="5"/>
+      <c r="F16" s="5">
+        <v>-3221.9090909090901</v>
+      </c>
+      <c r="G16" s="5">
+        <v>-3784.6363636363599</v>
+      </c>
+      <c r="H16" s="5">
+        <v>-4376.7272727272702</v>
+      </c>
+      <c r="I16" s="5">
+        <v>-5031.9090909090901</v>
+      </c>
+      <c r="J16" s="5">
+        <v>-5344.9090909090901</v>
+      </c>
+      <c r="K16" s="5">
+        <v>-5847</v>
+      </c>
+      <c r="L16" s="5">
+        <v>-7136.2727272727298</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="1"/>
+      <c r="B17" s="2"/>
+      <c r="C17" s="2"/>
+      <c r="D17" s="2"/>
+      <c r="E17" s="2"/>
+      <c r="F17" s="2"/>
+      <c r="G17" s="2"/>
+      <c r="H17" s="2"/>
+      <c r="I17" s="2"/>
+      <c r="J17" s="2"/>
+      <c r="K17" s="2"/>
+      <c r="L17" s="2"/>
+    </row>
+    <row r="18" spans="1:12" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="B18" s="12"/>
+      <c r="C18" s="12"/>
+      <c r="D18" s="12"/>
+      <c r="E18" s="12"/>
+      <c r="F18" s="12"/>
+      <c r="G18" s="12"/>
+      <c r="H18" s="12"/>
+      <c r="I18" s="12"/>
+      <c r="J18" s="12"/>
+      <c r="K18" s="12"/>
+      <c r="L18" s="12"/>
+    </row>
+    <row r="19" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="B19" s="12"/>
+      <c r="C19" s="12"/>
+      <c r="D19" s="12"/>
+      <c r="E19" s="12"/>
+      <c r="F19" s="12"/>
+      <c r="G19" s="12"/>
+      <c r="H19" s="12"/>
+      <c r="I19" s="12"/>
+      <c r="J19" s="12"/>
+      <c r="K19" s="12"/>
+      <c r="L19" s="12"/>
+    </row>
+    <row r="20" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="1"/>
+      <c r="B20" s="2"/>
+      <c r="C20" s="2"/>
+      <c r="D20" s="2"/>
+      <c r="E20" s="2"/>
+      <c r="F20" s="2"/>
+      <c r="G20" s="2"/>
+      <c r="H20" s="2"/>
+      <c r="I20" s="2"/>
+      <c r="J20" s="2"/>
+      <c r="K20" s="2"/>
+      <c r="L20" s="2"/>
+    </row>
+    <row r="21" spans="1:12" ht="81" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="22" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="11" t="s">
+        <v>28</v>
+      </c>
+      <c r="B22" s="9"/>
+      <c r="C22" s="9"/>
+      <c r="D22" s="9"/>
+      <c r="E22" s="9"/>
+      <c r="F22" s="9"/>
+      <c r="G22" s="9"/>
+      <c r="H22" s="9"/>
+      <c r="I22" s="9"/>
+      <c r="J22" s="9"/>
+      <c r="K22" s="9"/>
+      <c r="L22" s="9"/>
+    </row>
+    <row r="23" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="24" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="25" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="26" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="27" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="28" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="29" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="30" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="31" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="32" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="33" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="34" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="35" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="36" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="37" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="38" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="39" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="40" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="41" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="42" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="43" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="44" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="45" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="46" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="47" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="48" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="49" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="50" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="51" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="52" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="53" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="54" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="55" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="56" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="57" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="58" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="59" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="60" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="61" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="62" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="63" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="64" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="65" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="66" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="67" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="68" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="69" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="70" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="71" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="72" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="73" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="74" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="75" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="76" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="77" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="78" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="79" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="80" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="81" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="82" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="83" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="84" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="85" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="86" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="87" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="88" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="89" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="90" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="91" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="92" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="93" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="94" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="95" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="96" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="97" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="98" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="99" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="100" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="101" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="102" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="103" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="104" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="105" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="106" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="107" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="108" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="109" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="110" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="111" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="112" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="113" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="114" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="115" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="116" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="117" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="118" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="119" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="120" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="121" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="122" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="123" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="124" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="125" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="126" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="127" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="128" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="129" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="130" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="131" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="132" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="133" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="134" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="135" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="136" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="137" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="138" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="139" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="140" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="141" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="142" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="143" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="144" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="145" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="146" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="147" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="148" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="149" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="150" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="151" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="152" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="153" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="154" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="155" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="156" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="157" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="158" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="159" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="160" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="161" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="162" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="163" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="164" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="165" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="166" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="167" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="168" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="169" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="170" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="171" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="172" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="173" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="174" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="175" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="176" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="177" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="178" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="179" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="180" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="181" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="182" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="183" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="184" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="185" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="186" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="187" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="188" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="189" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="190" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="191" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="192" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="193" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="194" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="195" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="196" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="197" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="198" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="199" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="200" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="201" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="202" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="203" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="204" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="205" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="206" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="207" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="208" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="209" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="210" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="211" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="212" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="213" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="214" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="215" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="216" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="217" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="218" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="219" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="220" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="221" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="222" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="223" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="224" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="225" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="226" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="227" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="228" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="229" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="230" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="231" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="232" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="233" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="234" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="235" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="236" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="237" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="238" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="239" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="240" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="241" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="242" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="243" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="244" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="245" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="246" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="247" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="248" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="249" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="250" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="251" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="252" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="253" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="254" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="255" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="256" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="257" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="258" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="259" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="260" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="261" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="262" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="263" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="264" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="265" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="266" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="267" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="268" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="269" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="270" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="271" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="272" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="273" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="274" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="275" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="276" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="277" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="278" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="279" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="280" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="281" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="282" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="283" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="284" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="285" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="286" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="287" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="288" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="289" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="290" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="291" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="292" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="293" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="294" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="295" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="296" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="297" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="298" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="299" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="300" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="301" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="302" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="303" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="304" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="305" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="306" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="307" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="308" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="309" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="310" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="311" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="312" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="313" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="314" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="315" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="316" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="317" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="318" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="319" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="320" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="321" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="322" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="323" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="324" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="325" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="326" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="327" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="328" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="329" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="330" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="331" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="332" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="333" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="334" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="335" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="336" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="337" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="338" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="339" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="340" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="341" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="342" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="343" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="344" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="345" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="346" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="347" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="348" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="349" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="350" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="351" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="352" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="353" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="354" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="355" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="356" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="357" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="358" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="359" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="360" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="361" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="362" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="363" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="364" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="365" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="366" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="367" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="368" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="369" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="370" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="371" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="372" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="373" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="374" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="375" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="376" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="377" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="378" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="379" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="380" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="381" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="382" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="383" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="384" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="385" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="386" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="387" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="388" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="389" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="390" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="391" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="392" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="393" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="394" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="395" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="396" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="397" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="398" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="399" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="400" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="401" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="402" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="403" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="404" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="405" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="406" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="407" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="408" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="409" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="410" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="411" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="412" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="413" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="414" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="415" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="416" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="417" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="418" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="419" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="420" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="421" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="422" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="423" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="424" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="425" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="426" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="427" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="428" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="429" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="430" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="431" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="432" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="433" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="434" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="435" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="436" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="437" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="438" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="439" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="440" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="441" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="442" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="443" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="444" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="445" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="446" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="447" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="448" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="449" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="450" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="451" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="452" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="453" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="454" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="455" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="456" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="457" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="458" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="459" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="460" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="461" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="462" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="463" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="464" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="465" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="466" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="467" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="468" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="469" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="470" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="471" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="472" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="473" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="474" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="475" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="476" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="477" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="478" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="479" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="480" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="481" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="482" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="483" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="484" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="485" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="486" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="487" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="488" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="489" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="490" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="491" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="492" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="493" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="494" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="495" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="496" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="497" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="498" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="499" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="500" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+  </sheetData>
+  <mergeCells count="5">
+    <mergeCell ref="A1:L1"/>
+    <mergeCell ref="A2:L2"/>
+    <mergeCell ref="A18:L18"/>
+    <mergeCell ref="A19:L19"/>
+    <mergeCell ref="A22:L22"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
+  <drawing r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
+  <dimension ref="A1:L500"/>
+  <sheetViews>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" sqref="A1:L1"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="18.5703125" customWidth="1"/>
+    <col min="2" max="12" width="10.140625" customWidth="1"/>
+    <col min="13" max="100" width="9.140625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="B1" s="9"/>
+      <c r="C1" s="9"/>
+      <c r="D1" s="9"/>
+      <c r="E1" s="9"/>
+      <c r="F1" s="9"/>
+      <c r="G1" s="9"/>
+      <c r="H1" s="9"/>
+      <c r="I1" s="9"/>
+      <c r="J1" s="9"/>
+      <c r="K1" s="9"/>
+      <c r="L1" s="9"/>
+    </row>
+    <row r="2" spans="1:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="B2" s="9"/>
+      <c r="C2" s="9"/>
+      <c r="D2" s="9"/>
+      <c r="E2" s="9"/>
+      <c r="F2" s="9"/>
+      <c r="G2" s="9"/>
+      <c r="H2" s="9"/>
+      <c r="I2" s="9"/>
+      <c r="J2" s="9"/>
+      <c r="K2" s="9"/>
+      <c r="L2" s="9"/>
+    </row>
+    <row r="3" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="4" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="B2" s="15"/>
-[...15 lines deleted...]
-      <c r="A4" s="7" t="s">
+      <c r="B4" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="B4" s="8" t="s">
+      <c r="C4" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="C4" s="8" t="s">
+      <c r="D4" s="3" t="s">
         <v>5</v>
       </c>
-      <c r="D4" s="8" t="s">
+      <c r="E4" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="E4" s="8" t="s">
-[...11 lines deleted...]
-      <c r="I4" s="8" t="s">
+      <c r="F4" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="H4" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="I4" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="J4" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="K4" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="L4" s="3" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="B5" s="7">
+        <v>8.6</v>
+      </c>
+      <c r="C5" s="7">
+        <v>11.9</v>
+      </c>
+      <c r="D5" s="7">
+        <v>17</v>
+      </c>
+      <c r="E5" s="7">
+        <v>9.5</v>
+      </c>
+      <c r="F5" s="7">
+        <v>11.4</v>
+      </c>
+      <c r="G5" s="7">
+        <v>11.5</v>
+      </c>
+      <c r="H5" s="7">
+        <v>18.3</v>
+      </c>
+      <c r="I5" s="7">
+        <v>26.1</v>
+      </c>
+      <c r="J5" s="7">
+        <v>25.6</v>
+      </c>
+      <c r="K5" s="7">
+        <v>24.9</v>
+      </c>
+      <c r="L5" s="7">
+        <v>19.600000000000001</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="B6" s="7">
+        <v>27.7</v>
+      </c>
+      <c r="C6" s="7">
+        <v>22.9</v>
+      </c>
+      <c r="D6" s="7">
+        <v>21.2</v>
+      </c>
+      <c r="E6" s="7">
+        <v>16.399999999999999</v>
+      </c>
+      <c r="F6" s="7">
+        <v>17.100000000000001</v>
+      </c>
+      <c r="G6" s="7">
+        <v>11.4</v>
+      </c>
+      <c r="H6" s="7">
+        <v>11.7</v>
+      </c>
+      <c r="I6" s="7">
+        <v>6</v>
+      </c>
+      <c r="J6" s="7">
+        <v>10</v>
+      </c>
+      <c r="K6" s="7">
+        <v>9</v>
+      </c>
+      <c r="L6" s="7">
+        <v>8.3000000000000007</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" s="7">
+        <v>47.1</v>
+      </c>
+      <c r="C7" s="7">
+        <v>45.2</v>
+      </c>
+      <c r="D7" s="7">
+        <v>72.3</v>
+      </c>
+      <c r="E7" s="7">
+        <v>57.9</v>
+      </c>
+      <c r="F7" s="7">
+        <v>51.5</v>
+      </c>
+      <c r="G7" s="7">
+        <v>49.6</v>
+      </c>
+      <c r="H7" s="7">
+        <v>38.9</v>
+      </c>
+      <c r="I7" s="7">
+        <v>23</v>
+      </c>
+      <c r="J7" s="7">
+        <v>28.1</v>
+      </c>
+      <c r="K7" s="7">
+        <v>25.7</v>
+      </c>
+      <c r="L7" s="7">
+        <v>35.700000000000003</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B8" s="7">
+        <v>26.6</v>
+      </c>
+      <c r="C8" s="7">
+        <v>20.8</v>
+      </c>
+      <c r="D8" s="7">
+        <v>26.7</v>
+      </c>
+      <c r="E8" s="7">
+        <v>18.2</v>
+      </c>
+      <c r="F8" s="7">
+        <v>17.100000000000001</v>
+      </c>
+      <c r="G8" s="7">
+        <v>19.899999999999999</v>
+      </c>
+      <c r="H8" s="7">
+        <v>15.7</v>
+      </c>
+      <c r="I8" s="7">
+        <v>16.8</v>
+      </c>
+      <c r="J8" s="7">
+        <v>20.100000000000001</v>
+      </c>
+      <c r="K8" s="7">
+        <v>13.7</v>
+      </c>
+      <c r="L8" s="7">
+        <v>16.5</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="B9" s="7">
+        <v>30.4</v>
+      </c>
+      <c r="C9" s="7">
+        <v>20</v>
+      </c>
+      <c r="D9" s="7">
+        <v>60.2</v>
+      </c>
+      <c r="E9" s="7">
+        <v>15.1</v>
+      </c>
+      <c r="F9" s="7">
+        <v>13.5</v>
+      </c>
+      <c r="G9" s="7">
+        <v>19.899999999999999</v>
+      </c>
+      <c r="H9" s="7">
+        <v>13.4</v>
+      </c>
+      <c r="I9" s="7">
+        <v>11.4</v>
+      </c>
+      <c r="J9" s="7">
+        <v>12.7</v>
+      </c>
+      <c r="K9" s="7">
+        <v>18.100000000000001</v>
+      </c>
+      <c r="L9" s="7">
+        <v>14.2</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="B10" s="7">
+        <v>21</v>
+      </c>
+      <c r="C10" s="7">
+        <v>83.1</v>
+      </c>
+      <c r="D10" s="7">
+        <v>94</v>
+      </c>
+      <c r="E10" s="7">
+        <v>98.3</v>
+      </c>
+      <c r="F10" s="7">
+        <v>81.8</v>
+      </c>
+      <c r="G10" s="7">
+        <v>73.8</v>
+      </c>
+      <c r="H10" s="7">
+        <v>84.3</v>
+      </c>
+      <c r="I10" s="7">
+        <v>90.2</v>
+      </c>
+      <c r="J10" s="7">
+        <v>87</v>
+      </c>
+      <c r="K10" s="7">
+        <v>90.83</v>
+      </c>
+      <c r="L10" s="7">
+        <v>61.2</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B11" s="7">
+        <v>22.8</v>
+      </c>
+      <c r="C11" s="7">
+        <v>25.2</v>
+      </c>
+      <c r="D11" s="7">
+        <v>26</v>
+      </c>
+      <c r="E11" s="7">
+        <v>13.3</v>
+      </c>
+      <c r="F11" s="7">
+        <v>10.3</v>
+      </c>
+      <c r="G11" s="7">
+        <v>7.3</v>
+      </c>
+      <c r="H11" s="7">
+        <v>18.8</v>
+      </c>
+      <c r="I11" s="7">
+        <v>10.9</v>
+      </c>
+      <c r="J11" s="7">
+        <v>20</v>
+      </c>
+      <c r="K11" s="7">
+        <v>10.3</v>
+      </c>
+      <c r="L11" s="7">
+        <v>12.7</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="B12" s="7">
+        <v>15.2</v>
+      </c>
+      <c r="C12" s="7">
+        <v>63.7</v>
+      </c>
+      <c r="D12" s="7">
+        <v>77.8</v>
+      </c>
+      <c r="E12" s="7">
+        <v>78.900000000000006</v>
+      </c>
+      <c r="F12" s="7">
+        <v>78.3</v>
+      </c>
+      <c r="G12" s="7">
+        <v>84.4</v>
+      </c>
+      <c r="H12" s="7">
+        <v>44.9</v>
+      </c>
+      <c r="I12" s="7">
+        <v>53.3</v>
+      </c>
+      <c r="J12" s="7">
+        <v>44</v>
+      </c>
+      <c r="K12" s="7">
+        <v>37.1</v>
+      </c>
+      <c r="L12" s="7">
         <v>42</v>
       </c>
-      <c r="J4" s="8" t="s">
-[...433 lines deleted...]
-      <c r="A18" s="16" t="s">
+    </row>
+    <row r="13" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="4" t="s">
         <v>22</v>
       </c>
-      <c r="B18" s="16"/>
-[...11 lines deleted...]
-        <v>20</v>
+      <c r="B13" s="7">
+        <v>42</v>
+      </c>
+      <c r="C13" s="7">
+        <v>20.8</v>
+      </c>
+      <c r="D13" s="7">
+        <v>57</v>
+      </c>
+      <c r="E13" s="7">
+        <v>52.1</v>
+      </c>
+      <c r="F13" s="7">
+        <v>41.7</v>
+      </c>
+      <c r="G13" s="7">
+        <v>44.5</v>
+      </c>
+      <c r="H13" s="7">
+        <v>56.5</v>
+      </c>
+      <c r="I13" s="7">
+        <v>50.3</v>
+      </c>
+      <c r="J13" s="7">
+        <v>45.7</v>
+      </c>
+      <c r="K13" s="7">
+        <v>46.33</v>
+      </c>
+      <c r="L13" s="7">
+        <v>27.3</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="B14" s="7">
+        <v>34.799999999999997</v>
+      </c>
+      <c r="C14" s="7">
+        <v>42.2</v>
+      </c>
+      <c r="D14" s="7">
+        <v>102.3</v>
+      </c>
+      <c r="E14" s="7">
+        <v>186.2</v>
+      </c>
+      <c r="F14" s="7">
+        <v>148.9</v>
+      </c>
+      <c r="G14" s="7">
+        <v>114.9</v>
+      </c>
+      <c r="H14" s="7">
+        <v>70.8</v>
+      </c>
+      <c r="I14" s="7">
+        <v>20.8</v>
+      </c>
+      <c r="J14" s="7">
+        <v>28.2</v>
+      </c>
+      <c r="K14" s="7">
+        <v>44.8</v>
+      </c>
+      <c r="L14" s="7">
+        <v>26.2</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="B15" s="7">
+        <v>44.3</v>
+      </c>
+      <c r="C15" s="7">
+        <v>39.700000000000003</v>
+      </c>
+      <c r="D15" s="7">
+        <v>30.3</v>
+      </c>
+      <c r="E15" s="7">
+        <v>25.9</v>
+      </c>
+      <c r="F15" s="7">
+        <v>17.5</v>
+      </c>
+      <c r="G15" s="7">
+        <v>14.5</v>
+      </c>
+      <c r="H15" s="7">
+        <v>11.7</v>
+      </c>
+      <c r="I15" s="7">
+        <v>5.6</v>
+      </c>
+      <c r="J15" s="7">
+        <v>22.4</v>
+      </c>
+      <c r="K15" s="7">
+        <v>4.2</v>
+      </c>
+      <c r="L15" s="7">
+        <v>4.5999999999999996</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="B16" s="7">
+        <v>29.136363636363601</v>
+      </c>
+      <c r="C16" s="7">
+        <v>35.954545454545503</v>
+      </c>
+      <c r="D16" s="7">
+        <v>53.1636363636364</v>
+      </c>
+      <c r="E16" s="7">
+        <v>51.981818181818198</v>
+      </c>
+      <c r="F16" s="7">
+        <v>44.463636363636397</v>
+      </c>
+      <c r="G16" s="7">
+        <v>41.063636363636398</v>
+      </c>
+      <c r="H16" s="7">
+        <v>35</v>
+      </c>
+      <c r="I16" s="7">
+        <v>28.5818181818182</v>
+      </c>
+      <c r="J16" s="7">
+        <v>31.2545454545455</v>
+      </c>
+      <c r="K16" s="7">
+        <v>29.541818181818201</v>
+      </c>
+      <c r="L16" s="7">
+        <v>24.390909090909101</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="1"/>
+      <c r="B17" s="6"/>
+      <c r="C17" s="6"/>
+      <c r="D17" s="6"/>
+      <c r="E17" s="6"/>
+      <c r="F17" s="6"/>
+      <c r="G17" s="6"/>
+      <c r="H17" s="6"/>
+      <c r="I17" s="6"/>
+      <c r="J17" s="6"/>
+      <c r="K17" s="6"/>
+      <c r="L17" s="6"/>
+    </row>
+    <row r="18" spans="1:12" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="11" t="s">
+        <v>31</v>
+      </c>
+      <c r="B18" s="13"/>
+      <c r="C18" s="13"/>
+      <c r="D18" s="13"/>
+      <c r="E18" s="13"/>
+      <c r="F18" s="13"/>
+      <c r="G18" s="13"/>
+      <c r="H18" s="13"/>
+      <c r="I18" s="13"/>
+      <c r="J18" s="13"/>
+      <c r="K18" s="13"/>
+      <c r="L18" s="13"/>
+    </row>
+    <row r="19" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="11" t="s">
+        <v>27</v>
       </c>
       <c r="B19" s="13"/>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="13"/>
       <c r="G19" s="13"/>
       <c r="H19" s="13"/>
       <c r="I19" s="13"/>
       <c r="J19" s="13"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A20" s="6"/>
+      <c r="K19" s="13"/>
+      <c r="L19" s="13"/>
+    </row>
+    <row r="20" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="1"/>
       <c r="B20" s="6"/>
       <c r="C20" s="6"/>
       <c r="D20" s="6"/>
       <c r="E20" s="6"/>
       <c r="F20" s="6"/>
       <c r="G20" s="6"/>
-    </row>
-[...19 lines deleted...]
-    </row>
+      <c r="H20" s="6"/>
+      <c r="I20" s="6"/>
+      <c r="J20" s="6"/>
+      <c r="K20" s="6"/>
+      <c r="L20" s="6"/>
+    </row>
+    <row r="21" spans="1:12" ht="81" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="22" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="11" t="s">
+        <v>28</v>
+      </c>
+      <c r="B22" s="9"/>
+      <c r="C22" s="9"/>
+      <c r="D22" s="9"/>
+      <c r="E22" s="9"/>
+      <c r="F22" s="9"/>
+      <c r="G22" s="9"/>
+      <c r="H22" s="9"/>
+      <c r="I22" s="9"/>
+      <c r="J22" s="9"/>
+      <c r="K22" s="9"/>
+      <c r="L22" s="9"/>
+    </row>
+    <row r="23" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="24" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="25" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="26" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="27" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="28" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="29" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="30" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="31" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="32" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="33" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="34" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="35" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="36" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="37" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="38" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="39" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="40" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="41" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="42" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="43" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="44" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="45" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="46" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="47" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="48" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="49" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="50" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="51" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="52" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="53" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="54" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="55" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="56" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="57" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="58" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="59" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="60" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="61" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="62" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="63" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="64" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="65" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="66" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="67" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="68" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="69" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="70" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="71" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="72" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="73" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="74" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="75" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="76" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="77" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="78" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="79" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="80" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="81" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="82" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="83" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="84" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="85" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="86" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="87" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="88" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="89" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="90" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="91" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="92" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="93" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="94" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="95" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="96" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="97" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="98" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="99" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="100" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="101" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="102" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="103" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="104" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="105" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="106" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="107" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="108" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="109" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="110" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="111" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="112" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="113" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="114" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="115" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="116" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="117" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="118" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="119" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="120" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="121" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="122" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="123" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="124" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="125" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="126" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="127" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="128" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="129" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="130" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="131" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="132" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="133" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="134" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="135" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="136" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="137" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="138" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="139" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="140" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="141" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="142" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="143" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="144" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="145" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="146" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="147" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="148" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="149" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="150" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="151" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="152" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="153" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="154" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="155" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="156" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="157" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="158" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="159" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="160" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="161" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="162" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="163" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="164" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="165" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="166" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="167" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="168" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="169" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="170" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="171" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="172" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="173" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="174" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="175" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="176" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="177" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="178" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="179" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="180" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="181" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="182" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="183" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="184" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="185" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="186" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="187" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="188" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="189" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="190" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="191" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="192" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="193" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="194" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="195" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="196" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="197" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="198" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="199" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="200" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="201" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="202" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="203" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="204" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="205" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="206" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="207" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="208" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="209" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="210" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="211" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="212" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="213" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="214" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="215" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="216" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="217" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="218" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="219" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="220" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="221" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="222" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="223" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="224" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="225" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="226" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="227" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="228" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="229" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="230" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="231" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="232" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="233" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="234" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="235" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="236" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="237" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="238" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="239" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="240" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="241" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="242" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="243" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="244" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="245" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="246" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="247" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="248" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="249" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="250" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="251" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="252" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="253" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="254" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="255" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="256" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="257" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="258" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="259" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="260" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="261" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="262" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="263" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="264" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="265" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="266" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="267" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="268" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="269" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="270" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="271" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="272" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="273" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="274" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="275" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="276" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="277" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="278" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="279" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="280" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="281" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="282" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="283" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="284" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="285" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="286" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="287" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="288" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="289" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="290" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="291" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="292" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="293" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="294" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="295" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="296" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="297" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="298" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="299" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="300" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="301" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="302" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="303" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="304" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="305" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="306" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="307" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="308" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="309" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="310" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="311" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="312" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="313" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="314" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="315" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="316" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="317" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="318" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="319" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="320" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="321" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="322" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="323" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="324" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="325" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="326" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="327" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="328" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="329" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="330" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="331" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="332" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="333" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="334" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="335" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="336" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="337" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="338" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="339" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="340" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="341" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="342" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="343" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="344" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="345" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="346" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="347" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="348" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="349" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="350" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="351" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="352" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="353" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="354" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="355" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="356" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="357" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="358" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="359" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="360" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="361" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="362" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="363" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="364" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="365" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="366" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="367" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="368" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="369" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="370" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="371" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="372" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="373" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="374" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="375" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="376" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="377" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="378" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="379" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="380" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="381" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="382" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="383" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="384" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="385" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="386" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="387" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="388" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="389" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="390" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="391" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="392" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="393" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="394" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="395" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="396" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="397" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="398" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="399" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="400" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="401" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="402" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="403" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="404" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="405" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="406" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="407" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="408" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="409" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="410" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="411" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="412" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="413" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="414" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="415" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="416" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="417" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="418" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="419" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="420" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="421" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="422" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="423" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="424" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="425" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="426" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="427" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="428" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="429" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="430" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="431" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="432" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="433" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="434" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="435" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="436" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="437" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="438" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="439" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="440" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="441" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="442" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="443" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="444" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="445" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="446" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="447" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="448" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="449" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="450" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="451" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="452" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="453" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="454" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="455" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="456" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="457" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="458" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="459" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="460" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="461" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="462" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="463" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="464" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="465" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="466" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="467" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="468" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="469" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="470" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="471" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="472" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="473" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="474" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="475" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="476" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="477" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="478" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="479" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="480" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="481" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="482" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="483" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="484" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="485" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="486" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="487" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="488" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="489" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="490" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="491" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="492" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="493" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="494" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="495" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="496" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="497" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="498" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="499" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="500" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="5">
-    <mergeCell ref="A22:E22"/>
-[...3 lines deleted...]
-    <mergeCell ref="A19:J19"/>
+    <mergeCell ref="A1:L1"/>
+    <mergeCell ref="A2:L2"/>
+    <mergeCell ref="A18:L18"/>
+    <mergeCell ref="A19:L19"/>
+    <mergeCell ref="A22:L22"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" scale="78" orientation="landscape" horizontalDpi="4294967295" verticalDpi="4294967295" r:id="rId1"/>
-  <drawing r:id="rId2"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <dimension ref="A1:K22"/>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
+  <dimension ref="A1:L500"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
-      <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="K4" sqref="K4:K16"/>
+      <pane ySplit="4" topLeftCell="A10" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" sqref="A1:L1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="18.42578125" customWidth="1"/>
-    <col min="2" max="7" width="10" customWidth="1"/>
+    <col min="1" max="1" width="18.5703125" customWidth="1"/>
+    <col min="2" max="12" width="10.140625" customWidth="1"/>
+    <col min="13" max="100" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" s="1" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="14" t="s">
+    <row r="1" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="B1" s="9"/>
+      <c r="C1" s="9"/>
+      <c r="D1" s="9"/>
+      <c r="E1" s="9"/>
+      <c r="F1" s="9"/>
+      <c r="G1" s="9"/>
+      <c r="H1" s="9"/>
+      <c r="I1" s="9"/>
+      <c r="J1" s="9"/>
+      <c r="K1" s="9"/>
+      <c r="L1" s="9"/>
+    </row>
+    <row r="2" spans="1:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="B2" s="9"/>
+      <c r="C2" s="9"/>
+      <c r="D2" s="9"/>
+      <c r="E2" s="9"/>
+      <c r="F2" s="9"/>
+      <c r="G2" s="9"/>
+      <c r="H2" s="9"/>
+      <c r="I2" s="9"/>
+      <c r="J2" s="9"/>
+      <c r="K2" s="9"/>
+      <c r="L2" s="9"/>
+    </row>
+    <row r="3" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="4" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C4" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="D4" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="H4" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="I4" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="J4" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="K4" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="L4" s="3" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="B5" s="7"/>
+      <c r="C5" s="7">
+        <v>-125.4</v>
+      </c>
+      <c r="D5" s="7">
+        <v>-126.4</v>
+      </c>
+      <c r="E5" s="7">
+        <v>-133.80000000000001</v>
+      </c>
+      <c r="F5" s="7">
+        <v>-137.80000000000001</v>
+      </c>
+      <c r="G5" s="7">
+        <v>-154.69999999999999</v>
+      </c>
+      <c r="H5" s="7">
+        <v>-160.80000000000001</v>
+      </c>
+      <c r="I5" s="7">
+        <v>-168.3</v>
+      </c>
+      <c r="J5" s="7">
+        <v>-151</v>
+      </c>
+      <c r="K5" s="7">
+        <v>-119</v>
+      </c>
+      <c r="L5" s="7">
+        <v>-129.5</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="B6" s="7"/>
+      <c r="C6" s="7"/>
+      <c r="D6" s="7"/>
+      <c r="E6" s="7"/>
+      <c r="F6" s="7"/>
+      <c r="G6" s="7">
+        <v>-120.6</v>
+      </c>
+      <c r="H6" s="7">
+        <v>-127.6</v>
+      </c>
+      <c r="I6" s="7">
+        <v>-150.6</v>
+      </c>
+      <c r="J6" s="7">
+        <v>-163.6</v>
+      </c>
+      <c r="K6" s="7">
+        <v>-147.9</v>
+      </c>
+      <c r="L6" s="7">
+        <v>-174.4</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" s="7">
+        <v>-28.9</v>
+      </c>
+      <c r="C7" s="7">
+        <v>-17.899999999999999</v>
+      </c>
+      <c r="D7" s="7">
+        <v>-10.4</v>
+      </c>
+      <c r="E7" s="7">
+        <v>-17.5</v>
+      </c>
+      <c r="F7" s="7">
+        <v>-28.6</v>
+      </c>
+      <c r="G7" s="7">
+        <v>-33.700000000000003</v>
+      </c>
+      <c r="H7" s="7">
+        <v>-38.299999999999997</v>
+      </c>
+      <c r="I7" s="7">
+        <v>-55.8</v>
+      </c>
+      <c r="J7" s="7">
+        <v>-78.2</v>
+      </c>
+      <c r="K7" s="7">
+        <v>-72.06</v>
+      </c>
+      <c r="L7" s="7">
+        <v>102.5</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B8" s="7"/>
+      <c r="C8" s="7">
+        <v>-43.4</v>
+      </c>
+      <c r="D8" s="7">
+        <v>-8.8000000000000007</v>
+      </c>
+      <c r="E8" s="7">
+        <v>-56.8</v>
+      </c>
+      <c r="F8" s="7">
+        <v>-86.9</v>
+      </c>
+      <c r="G8" s="7">
+        <v>-124.2</v>
+      </c>
+      <c r="H8" s="7">
+        <v>-183.5</v>
+      </c>
+      <c r="I8" s="7">
+        <v>-211.6</v>
+      </c>
+      <c r="J8" s="7">
+        <v>-220</v>
+      </c>
+      <c r="K8" s="7">
+        <v>-203.4</v>
+      </c>
+      <c r="L8" s="7">
+        <v>-247.7</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="B9" s="7"/>
+      <c r="C9" s="7"/>
+      <c r="D9" s="7"/>
+      <c r="E9" s="7"/>
+      <c r="F9" s="7">
+        <v>-23.4</v>
+      </c>
+      <c r="G9" s="7">
+        <v>-54.5</v>
+      </c>
+      <c r="H9" s="7">
+        <v>-33.6</v>
+      </c>
+      <c r="I9" s="7">
+        <v>-59.9</v>
+      </c>
+      <c r="J9" s="7">
+        <v>-93.3</v>
+      </c>
+      <c r="K9" s="7">
+        <v>-50.6</v>
+      </c>
+      <c r="L9" s="7">
+        <v>-87.2</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="B10" s="7"/>
+      <c r="C10" s="7"/>
+      <c r="D10" s="7"/>
+      <c r="E10" s="7"/>
+      <c r="F10" s="7">
+        <v>-76.7</v>
+      </c>
+      <c r="G10" s="7">
+        <v>-92</v>
+      </c>
+      <c r="H10" s="7">
+        <v>-103.7</v>
+      </c>
+      <c r="I10" s="7">
+        <v>-93.6</v>
+      </c>
+      <c r="J10" s="7">
+        <v>-76.599999999999994</v>
+      </c>
+      <c r="K10" s="7">
+        <v>-89.2</v>
+      </c>
+      <c r="L10" s="7">
+        <v>-131.19999999999999</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B11" s="7">
+        <v>-125</v>
+      </c>
+      <c r="C11" s="7">
+        <v>-150</v>
+      </c>
+      <c r="D11" s="7">
+        <v>-149</v>
+      </c>
+      <c r="E11" s="7">
+        <v>-164</v>
+      </c>
+      <c r="F11" s="7">
+        <v>-150.30000000000001</v>
+      </c>
+      <c r="G11" s="7">
+        <v>-125.9</v>
+      </c>
+      <c r="H11" s="7">
+        <v>-132.5</v>
+      </c>
+      <c r="I11" s="7">
+        <v>-118.2</v>
+      </c>
+      <c r="J11" s="7">
+        <v>-130.80000000000001</v>
+      </c>
+      <c r="K11" s="7">
+        <v>-103.2</v>
+      </c>
+      <c r="L11" s="7">
+        <v>-112.4</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="4" t="s">
         <v>21</v>
       </c>
-      <c r="B1" s="14"/>
-[...10 lines deleted...]
-      <c r="A2" s="15" t="s">
+      <c r="B12" s="7"/>
+      <c r="C12" s="7"/>
+      <c r="D12" s="7">
+        <v>-179</v>
+      </c>
+      <c r="E12" s="7">
+        <v>-153</v>
+      </c>
+      <c r="F12" s="7">
+        <v>-134.69999999999999</v>
+      </c>
+      <c r="G12" s="7">
+        <v>-118.2</v>
+      </c>
+      <c r="H12" s="7">
+        <v>-121.7</v>
+      </c>
+      <c r="I12" s="7">
+        <v>-147.5</v>
+      </c>
+      <c r="J12" s="7">
+        <v>-129.69999999999999</v>
+      </c>
+      <c r="K12" s="7">
+        <v>-168.3</v>
+      </c>
+      <c r="L12" s="7">
+        <v>-191</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B13" s="7"/>
+      <c r="C13" s="7"/>
+      <c r="D13" s="7"/>
+      <c r="E13" s="7"/>
+      <c r="F13" s="7">
+        <v>-127.8</v>
+      </c>
+      <c r="G13" s="7">
+        <v>-152.4</v>
+      </c>
+      <c r="H13" s="7">
+        <v>-166.6</v>
+      </c>
+      <c r="I13" s="7">
+        <v>-160.69999999999999</v>
+      </c>
+      <c r="J13" s="7">
+        <v>-145</v>
+      </c>
+      <c r="K13" s="7">
+        <v>-165.73</v>
+      </c>
+      <c r="L13" s="7">
+        <v>-174</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="4" t="s">
         <v>23</v>
       </c>
-      <c r="B2" s="15"/>
-[...476 lines deleted...]
-      <c r="A18" s="16" t="s">
+      <c r="B14" s="7"/>
+      <c r="C14" s="7"/>
+      <c r="D14" s="7"/>
+      <c r="E14" s="7"/>
+      <c r="F14" s="7">
+        <v>49.8</v>
+      </c>
+      <c r="G14" s="7">
+        <v>33.299999999999997</v>
+      </c>
+      <c r="H14" s="7">
+        <v>-31.1</v>
+      </c>
+      <c r="I14" s="7">
+        <v>-55.9</v>
+      </c>
+      <c r="J14" s="7">
+        <v>-74.3</v>
+      </c>
+      <c r="K14" s="7">
+        <v>-90.9</v>
+      </c>
+      <c r="L14" s="7">
+        <v>-109.7</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="4" t="s">
         <v>24</v>
       </c>
-      <c r="B18" s="16"/>
-[...11 lines deleted...]
-        <v>39</v>
+      <c r="B15" s="7"/>
+      <c r="C15" s="7"/>
+      <c r="D15" s="7"/>
+      <c r="E15" s="7"/>
+      <c r="F15" s="7">
+        <v>-91</v>
+      </c>
+      <c r="G15" s="7">
+        <v>-89.4</v>
+      </c>
+      <c r="H15" s="7">
+        <v>-128.80000000000001</v>
+      </c>
+      <c r="I15" s="7">
+        <v>-123.8</v>
+      </c>
+      <c r="J15" s="7">
+        <v>-132.9</v>
+      </c>
+      <c r="K15" s="7">
+        <v>-139.80000000000001</v>
+      </c>
+      <c r="L15" s="7">
+        <v>-167.5</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="B16" s="7"/>
+      <c r="C16" s="7"/>
+      <c r="D16" s="7"/>
+      <c r="E16" s="7"/>
+      <c r="F16" s="7"/>
+      <c r="G16" s="7">
+        <v>-93.845454545454501</v>
+      </c>
+      <c r="H16" s="7">
+        <v>-111.654545454545</v>
+      </c>
+      <c r="I16" s="7">
+        <v>-122.354545454545</v>
+      </c>
+      <c r="J16" s="7">
+        <v>-126.854545454545</v>
+      </c>
+      <c r="K16" s="7">
+        <v>-122.735454545455</v>
+      </c>
+      <c r="L16" s="7">
+        <v>-129.28181818181801</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="1"/>
+      <c r="B17" s="6"/>
+      <c r="C17" s="6"/>
+      <c r="D17" s="6"/>
+      <c r="E17" s="6"/>
+      <c r="F17" s="6"/>
+      <c r="G17" s="6"/>
+      <c r="H17" s="6"/>
+      <c r="I17" s="6"/>
+      <c r="J17" s="6"/>
+      <c r="K17" s="6"/>
+      <c r="L17" s="6"/>
+    </row>
+    <row r="18" spans="1:12" ht="60" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="11" t="s">
+        <v>34</v>
+      </c>
+      <c r="B18" s="13"/>
+      <c r="C18" s="13"/>
+      <c r="D18" s="13"/>
+      <c r="E18" s="13"/>
+      <c r="F18" s="13"/>
+      <c r="G18" s="13"/>
+      <c r="H18" s="13"/>
+      <c r="I18" s="13"/>
+      <c r="J18" s="13"/>
+      <c r="K18" s="13"/>
+      <c r="L18" s="13"/>
+    </row>
+    <row r="19" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="11" t="s">
+        <v>27</v>
       </c>
       <c r="B19" s="13"/>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="13"/>
       <c r="G19" s="13"/>
       <c r="H19" s="13"/>
       <c r="I19" s="13"/>
       <c r="J19" s="13"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A20" s="6"/>
+      <c r="K19" s="13"/>
+      <c r="L19" s="13"/>
+    </row>
+    <row r="20" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="1"/>
       <c r="B20" s="6"/>
       <c r="C20" s="6"/>
       <c r="D20" s="6"/>
       <c r="E20" s="6"/>
       <c r="F20" s="6"/>
       <c r="G20" s="6"/>
-    </row>
-[...22 lines deleted...]
-    </row>
+      <c r="H20" s="6"/>
+      <c r="I20" s="6"/>
+      <c r="J20" s="6"/>
+      <c r="K20" s="6"/>
+      <c r="L20" s="6"/>
+    </row>
+    <row r="21" spans="1:12" ht="81" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="22" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="11" t="s">
+        <v>28</v>
+      </c>
+      <c r="B22" s="9"/>
+      <c r="C22" s="9"/>
+      <c r="D22" s="9"/>
+      <c r="E22" s="9"/>
+      <c r="F22" s="9"/>
+      <c r="G22" s="9"/>
+      <c r="H22" s="9"/>
+      <c r="I22" s="9"/>
+      <c r="J22" s="9"/>
+      <c r="K22" s="9"/>
+      <c r="L22" s="9"/>
+    </row>
+    <row r="23" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="24" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="25" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="26" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="27" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="28" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="29" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="30" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="31" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="32" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="33" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="34" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="35" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="36" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="37" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="38" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="39" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="40" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="41" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="42" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="43" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="44" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="45" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="46" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="47" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="48" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="49" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="50" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="51" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="52" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="53" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="54" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="55" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="56" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="57" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="58" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="59" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="60" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="61" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="62" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="63" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="64" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="65" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="66" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="67" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="68" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="69" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="70" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="71" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="72" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="73" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="74" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="75" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="76" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="77" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="78" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="79" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="80" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="81" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="82" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="83" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="84" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="85" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="86" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="87" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="88" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="89" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="90" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="91" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="92" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="93" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="94" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="95" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="96" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="97" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="98" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="99" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="100" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="101" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="102" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="103" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="104" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="105" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="106" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="107" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="108" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="109" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="110" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="111" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="112" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="113" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="114" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="115" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="116" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="117" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="118" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="119" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="120" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="121" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="122" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="123" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="124" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="125" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="126" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="127" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="128" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="129" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="130" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="131" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="132" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="133" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="134" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="135" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="136" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="137" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="138" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="139" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="140" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="141" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="142" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="143" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="144" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="145" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="146" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="147" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="148" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="149" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="150" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="151" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="152" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="153" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="154" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="155" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="156" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="157" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="158" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="159" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="160" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="161" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="162" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="163" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="164" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="165" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="166" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="167" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="168" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="169" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="170" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="171" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="172" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="173" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="174" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="175" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="176" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="177" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="178" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="179" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="180" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="181" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="182" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="183" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="184" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="185" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="186" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="187" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="188" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="189" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="190" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="191" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="192" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="193" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="194" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="195" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="196" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="197" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="198" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="199" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="200" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="201" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="202" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="203" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="204" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="205" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="206" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="207" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="208" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="209" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="210" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="211" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="212" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="213" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="214" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="215" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="216" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="217" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="218" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="219" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="220" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="221" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="222" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="223" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="224" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="225" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="226" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="227" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="228" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="229" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="230" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="231" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="232" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="233" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="234" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="235" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="236" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="237" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="238" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="239" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="240" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="241" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="242" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="243" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="244" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="245" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="246" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="247" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="248" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="249" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="250" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="251" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="252" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="253" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="254" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="255" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="256" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="257" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="258" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="259" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="260" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="261" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="262" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="263" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="264" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="265" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="266" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="267" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="268" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="269" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="270" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="271" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="272" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="273" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="274" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="275" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="276" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="277" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="278" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="279" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="280" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="281" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="282" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="283" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="284" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="285" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="286" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="287" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="288" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="289" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="290" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="291" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="292" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="293" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="294" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="295" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="296" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="297" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="298" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="299" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="300" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="301" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="302" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="303" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="304" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="305" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="306" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="307" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="308" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="309" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="310" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="311" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="312" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="313" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="314" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="315" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="316" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="317" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="318" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="319" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="320" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="321" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="322" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="323" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="324" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="325" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="326" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="327" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="328" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="329" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="330" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="331" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="332" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="333" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="334" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="335" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="336" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="337" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="338" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="339" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="340" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="341" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="342" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="343" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="344" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="345" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="346" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="347" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="348" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="349" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="350" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="351" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="352" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="353" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="354" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="355" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="356" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="357" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="358" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="359" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="360" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="361" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="362" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="363" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="364" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="365" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="366" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="367" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="368" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="369" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="370" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="371" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="372" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="373" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="374" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="375" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="376" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="377" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="378" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="379" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="380" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="381" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="382" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="383" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="384" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="385" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="386" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="387" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="388" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="389" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="390" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="391" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="392" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="393" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="394" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="395" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="396" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="397" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="398" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="399" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="400" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="401" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="402" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="403" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="404" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="405" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="406" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="407" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="408" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="409" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="410" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="411" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="412" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="413" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="414" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="415" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="416" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="417" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="418" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="419" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="420" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="421" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="422" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="423" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="424" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="425" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="426" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="427" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="428" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="429" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="430" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="431" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="432" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="433" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="434" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="435" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="436" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="437" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="438" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="439" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="440" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="441" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="442" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="443" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="444" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="445" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="446" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="447" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="448" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="449" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="450" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="451" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="452" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="453" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="454" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="455" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="456" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="457" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="458" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="459" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="460" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="461" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="462" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="463" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="464" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="465" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="466" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="467" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="468" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="469" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="470" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="471" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="472" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="473" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="474" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="475" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="476" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="477" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="478" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="479" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="480" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="481" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="482" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="483" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="484" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="485" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="486" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="487" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="488" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="489" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="490" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="491" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="492" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="493" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="494" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="495" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="496" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="497" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="498" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="499" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="500" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="5">
-    <mergeCell ref="A1:J1"/>
-[...3 lines deleted...]
-    <mergeCell ref="A22:J22"/>
+    <mergeCell ref="A1:L1"/>
+    <mergeCell ref="A2:L2"/>
+    <mergeCell ref="A18:L18"/>
+    <mergeCell ref="A19:L19"/>
+    <mergeCell ref="A22:L22"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" scale="78" orientation="landscape" horizontalDpi="4294967295" verticalDpi="4294967295" r:id="rId1"/>
-[...568 lines deleted...]
-  <drawing r:id="rId2"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
-  <dimension ref="A1:K22"/>
+  <dimension ref="A1:L500"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="K4" sqref="K4:K16"/>
+      <selection pane="bottomLeft" sqref="A1:L1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="18.42578125" customWidth="1"/>
-    <col min="2" max="7" width="10" customWidth="1"/>
+    <col min="1" max="1" width="18.5703125" customWidth="1"/>
+    <col min="2" max="12" width="10.140625" customWidth="1"/>
+    <col min="13" max="100" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" s="1" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="14" t="s">
+    <row r="1" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="B1" s="9"/>
+      <c r="C1" s="9"/>
+      <c r="D1" s="9"/>
+      <c r="E1" s="9"/>
+      <c r="F1" s="9"/>
+      <c r="G1" s="9"/>
+      <c r="H1" s="9"/>
+      <c r="I1" s="9"/>
+      <c r="J1" s="9"/>
+      <c r="K1" s="9"/>
+      <c r="L1" s="9"/>
+    </row>
+    <row r="2" spans="1:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="B2" s="9"/>
+      <c r="C2" s="9"/>
+      <c r="D2" s="9"/>
+      <c r="E2" s="9"/>
+      <c r="F2" s="9"/>
+      <c r="G2" s="9"/>
+      <c r="H2" s="9"/>
+      <c r="I2" s="9"/>
+      <c r="J2" s="9"/>
+      <c r="K2" s="9"/>
+      <c r="L2" s="9"/>
+    </row>
+    <row r="3" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="4" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C4" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="D4" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="H4" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="I4" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="J4" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="K4" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="L4" s="3" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="B5" s="7">
+        <v>102.4</v>
+      </c>
+      <c r="C5" s="7">
+        <v>31</v>
+      </c>
+      <c r="D5" s="7">
+        <v>292.3</v>
+      </c>
+      <c r="E5" s="7">
+        <v>165.3</v>
+      </c>
+      <c r="F5" s="7">
+        <v>805.1</v>
+      </c>
+      <c r="G5" s="7">
+        <v>366.5</v>
+      </c>
+      <c r="H5" s="7">
+        <v>150.9</v>
+      </c>
+      <c r="I5" s="7">
+        <v>72.5</v>
+      </c>
+      <c r="J5" s="7">
+        <v>56.8</v>
+      </c>
+      <c r="K5" s="7">
+        <v>70.7</v>
+      </c>
+      <c r="L5" s="7">
+        <v>127.1</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="B6" s="7">
+        <v>53.3</v>
+      </c>
+      <c r="C6" s="7">
+        <v>111.2</v>
+      </c>
+      <c r="D6" s="7">
+        <v>384.4</v>
+      </c>
+      <c r="E6" s="7">
+        <v>1079.8</v>
+      </c>
+      <c r="F6" s="7">
+        <v>364.2</v>
+      </c>
+      <c r="G6" s="7">
+        <v>238.9</v>
+      </c>
+      <c r="H6" s="7">
+        <v>115.5</v>
+      </c>
+      <c r="I6" s="7">
+        <v>283.8</v>
+      </c>
+      <c r="J6" s="7">
+        <v>159.5</v>
+      </c>
+      <c r="K6" s="7">
+        <v>183.4</v>
+      </c>
+      <c r="L6" s="7">
+        <v>376.3</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" s="7">
+        <v>117.2</v>
+      </c>
+      <c r="C7" s="7">
+        <v>26.1</v>
+      </c>
+      <c r="D7" s="7">
+        <v>57.6</v>
+      </c>
+      <c r="E7" s="7">
+        <v>183.6</v>
+      </c>
+      <c r="F7" s="7">
+        <v>259.60000000000002</v>
+      </c>
+      <c r="G7" s="7">
+        <v>134.9</v>
+      </c>
+      <c r="H7" s="7">
+        <v>112.2</v>
+      </c>
+      <c r="I7" s="7">
+        <v>230.4</v>
+      </c>
+      <c r="J7" s="7">
+        <v>135.30000000000001</v>
+      </c>
+      <c r="K7" s="7">
+        <v>328.27</v>
+      </c>
+      <c r="L7" s="7">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B8" s="7">
+        <v>181.6</v>
+      </c>
+      <c r="C8" s="7">
+        <v>56.8</v>
+      </c>
+      <c r="D8" s="7">
+        <v>55.2</v>
+      </c>
+      <c r="E8" s="7">
+        <v>362.9</v>
+      </c>
+      <c r="F8" s="7">
+        <v>193.7</v>
+      </c>
+      <c r="G8" s="7">
+        <v>303.8</v>
+      </c>
+      <c r="H8" s="7">
+        <v>1121</v>
+      </c>
+      <c r="I8" s="7">
+        <v>324.60000000000002</v>
+      </c>
+      <c r="J8" s="7">
+        <v>97.9</v>
+      </c>
+      <c r="K8" s="7">
+        <v>130.19999999999999</v>
+      </c>
+      <c r="L8" s="7">
+        <v>160.5</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="B9" s="7">
+        <v>119.3</v>
+      </c>
+      <c r="C9" s="7">
+        <v>150.4</v>
+      </c>
+      <c r="D9" s="7">
+        <v>297.3</v>
+      </c>
+      <c r="E9" s="7">
+        <v>121.6</v>
+      </c>
+      <c r="F9" s="7">
+        <v>164.5</v>
+      </c>
+      <c r="G9" s="7">
+        <v>263.39999999999998</v>
+      </c>
+      <c r="H9" s="7">
+        <v>73.599999999999994</v>
+      </c>
+      <c r="I9" s="7">
+        <v>327.8</v>
+      </c>
+      <c r="J9" s="7">
+        <v>363.3</v>
+      </c>
+      <c r="K9" s="7">
+        <v>-19.100000000000001</v>
+      </c>
+      <c r="L9" s="7">
+        <v>65.400000000000006</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="B10" s="7">
+        <v>-9.5</v>
+      </c>
+      <c r="C10" s="7">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="D10" s="7">
+        <v>70</v>
+      </c>
+      <c r="E10" s="7">
+        <v>552.5</v>
+      </c>
+      <c r="F10" s="7">
+        <v>301.2</v>
+      </c>
+      <c r="G10" s="7">
+        <v>361.2</v>
+      </c>
+      <c r="H10" s="7">
+        <v>103</v>
+      </c>
+      <c r="I10" s="7">
+        <v>70.099999999999994</v>
+      </c>
+      <c r="J10" s="7">
+        <v>65.5</v>
+      </c>
+      <c r="K10" s="7">
+        <v>687.93</v>
+      </c>
+      <c r="L10" s="7">
+        <v>1183.0999999999999</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B11" s="7">
+        <v>286</v>
+      </c>
+      <c r="C11" s="7">
+        <v>223</v>
+      </c>
+      <c r="D11" s="7">
+        <v>153</v>
+      </c>
+      <c r="E11" s="7">
+        <v>294</v>
+      </c>
+      <c r="F11" s="7">
+        <v>86.5</v>
+      </c>
+      <c r="G11" s="7">
+        <v>99.9</v>
+      </c>
+      <c r="H11" s="7">
+        <v>88.2</v>
+      </c>
+      <c r="I11" s="7">
+        <v>111.5</v>
+      </c>
+      <c r="J11" s="7">
+        <v>245.4</v>
+      </c>
+      <c r="K11" s="7">
+        <v>62.1</v>
+      </c>
+      <c r="L11" s="7">
+        <v>62.7</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="4" t="s">
         <v>21</v>
       </c>
-      <c r="B1" s="14"/>
-[...10 lines deleted...]
-      <c r="A2" s="15" t="s">
+      <c r="B12" s="7">
+        <v>186.7</v>
+      </c>
+      <c r="C12" s="7">
+        <v>38</v>
+      </c>
+      <c r="D12" s="7">
+        <v>51</v>
+      </c>
+      <c r="E12" s="7">
+        <v>15</v>
+      </c>
+      <c r="F12" s="7">
+        <v>71.2</v>
+      </c>
+      <c r="G12" s="7">
+        <v>111.8</v>
+      </c>
+      <c r="H12" s="7">
+        <v>183.6</v>
+      </c>
+      <c r="I12" s="7">
+        <v>72.8</v>
+      </c>
+      <c r="J12" s="7">
+        <v>349.6</v>
+      </c>
+      <c r="K12" s="7">
+        <v>762.8</v>
+      </c>
+      <c r="L12" s="7">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B13" s="7">
+        <v>65.7</v>
+      </c>
+      <c r="C13" s="7">
+        <v>123.3</v>
+      </c>
+      <c r="D13" s="7">
+        <v>150.80000000000001</v>
+      </c>
+      <c r="E13" s="7">
+        <v>514.4</v>
+      </c>
+      <c r="F13" s="7">
+        <v>574.20000000000005</v>
+      </c>
+      <c r="G13" s="7">
+        <v>262.3</v>
+      </c>
+      <c r="H13" s="7">
+        <v>180.2</v>
+      </c>
+      <c r="I13" s="7">
+        <v>147.1</v>
+      </c>
+      <c r="J13" s="7">
+        <v>126</v>
+      </c>
+      <c r="K13" s="7">
+        <v>110.93</v>
+      </c>
+      <c r="L13" s="7">
+        <v>140.69999999999999</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="B14" s="7">
+        <v>61</v>
+      </c>
+      <c r="C14" s="7">
+        <v>84.7</v>
+      </c>
+      <c r="D14" s="7">
+        <v>48</v>
+      </c>
+      <c r="E14" s="7">
+        <v>23.9</v>
+      </c>
+      <c r="F14" s="7">
+        <v>40.9</v>
+      </c>
+      <c r="G14" s="7">
+        <v>130.30000000000001</v>
+      </c>
+      <c r="H14" s="7">
+        <v>-69.8</v>
+      </c>
+      <c r="I14" s="7">
+        <v>489.7</v>
+      </c>
+      <c r="J14" s="7">
+        <v>453</v>
+      </c>
+      <c r="K14" s="7">
+        <v>275.8</v>
+      </c>
+      <c r="L14" s="7">
+        <v>537.20000000000005</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="B15" s="7">
+        <v>122</v>
+      </c>
+      <c r="C15" s="7">
+        <v>617.1</v>
+      </c>
+      <c r="D15" s="7">
+        <v>375.1</v>
+      </c>
+      <c r="E15" s="7">
+        <v>149.4</v>
+      </c>
+      <c r="F15" s="7">
+        <v>253.8</v>
+      </c>
+      <c r="G15" s="7">
+        <v>165.3</v>
+      </c>
+      <c r="H15" s="7">
+        <v>226.9</v>
+      </c>
+      <c r="I15" s="7">
+        <v>447.2</v>
+      </c>
+      <c r="J15" s="7">
+        <v>224</v>
+      </c>
+      <c r="K15" s="7">
+        <v>1152.3</v>
+      </c>
+      <c r="L15" s="7">
+        <v>446.3</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="B16" s="7">
+        <v>116.88181818181801</v>
+      </c>
+      <c r="C16" s="7">
+        <v>133.33636363636401</v>
+      </c>
+      <c r="D16" s="7">
+        <v>175.88181818181801</v>
+      </c>
+      <c r="E16" s="7">
+        <v>314.76363636363601</v>
+      </c>
+      <c r="F16" s="7">
+        <v>283.172727272727</v>
+      </c>
+      <c r="G16" s="7">
+        <v>221.66363636363599</v>
+      </c>
+      <c r="H16" s="7">
+        <v>207.754545454545</v>
+      </c>
+      <c r="I16" s="7">
+        <v>234.31818181818201</v>
+      </c>
+      <c r="J16" s="7">
+        <v>206.93636363636401</v>
+      </c>
+      <c r="K16" s="7">
+        <v>340.48454545454501</v>
+      </c>
+      <c r="L16" s="7">
+        <v>332.209090909091</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="1"/>
+      <c r="B17" s="6"/>
+      <c r="C17" s="6"/>
+      <c r="D17" s="6"/>
+      <c r="E17" s="6"/>
+      <c r="F17" s="6"/>
+      <c r="G17" s="6"/>
+      <c r="H17" s="6"/>
+      <c r="I17" s="6"/>
+      <c r="J17" s="6"/>
+      <c r="K17" s="6"/>
+      <c r="L17" s="6"/>
+    </row>
+    <row r="18" spans="1:12" ht="60" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="B18" s="13"/>
+      <c r="C18" s="13"/>
+      <c r="D18" s="13"/>
+      <c r="E18" s="13"/>
+      <c r="F18" s="13"/>
+      <c r="G18" s="13"/>
+      <c r="H18" s="13"/>
+      <c r="I18" s="13"/>
+      <c r="J18" s="13"/>
+      <c r="K18" s="13"/>
+      <c r="L18" s="13"/>
+    </row>
+    <row r="19" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="11" t="s">
         <v>27</v>
-      </c>
-[...492 lines deleted...]
-        <v>20</v>
       </c>
       <c r="B19" s="13"/>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="13"/>
       <c r="G19" s="13"/>
       <c r="H19" s="13"/>
       <c r="I19" s="13"/>
       <c r="J19" s="13"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A20" s="6"/>
+      <c r="K19" s="13"/>
+      <c r="L19" s="13"/>
+    </row>
+    <row r="20" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="1"/>
       <c r="B20" s="6"/>
       <c r="C20" s="6"/>
       <c r="D20" s="6"/>
       <c r="E20" s="6"/>
       <c r="F20" s="6"/>
       <c r="G20" s="6"/>
-    </row>
-[...19 lines deleted...]
-    </row>
+      <c r="H20" s="6"/>
+      <c r="I20" s="6"/>
+      <c r="J20" s="6"/>
+      <c r="K20" s="6"/>
+      <c r="L20" s="6"/>
+    </row>
+    <row r="21" spans="1:12" ht="81" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="22" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="11" t="s">
+        <v>28</v>
+      </c>
+      <c r="B22" s="9"/>
+      <c r="C22" s="9"/>
+      <c r="D22" s="9"/>
+      <c r="E22" s="9"/>
+      <c r="F22" s="9"/>
+      <c r="G22" s="9"/>
+      <c r="H22" s="9"/>
+      <c r="I22" s="9"/>
+      <c r="J22" s="9"/>
+      <c r="K22" s="9"/>
+      <c r="L22" s="9"/>
+    </row>
+    <row r="23" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="24" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="25" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="26" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="27" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="28" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="29" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="30" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="31" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="32" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="33" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="34" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="35" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="36" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="37" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="38" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="39" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="40" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="41" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="42" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="43" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="44" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="45" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="46" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="47" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="48" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="49" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="50" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="51" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="52" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="53" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="54" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="55" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="56" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="57" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="58" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="59" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="60" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="61" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="62" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="63" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="64" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="65" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="66" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="67" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="68" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="69" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="70" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="71" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="72" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="73" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="74" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="75" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="76" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="77" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="78" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="79" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="80" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="81" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="82" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="83" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="84" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="85" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="86" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="87" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="88" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="89" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="90" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="91" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="92" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="93" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="94" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="95" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="96" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="97" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="98" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="99" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="100" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="101" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="102" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="103" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="104" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="105" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="106" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="107" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="108" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="109" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="110" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="111" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="112" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="113" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="114" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="115" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="116" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="117" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="118" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="119" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="120" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="121" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="122" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="123" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="124" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="125" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="126" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="127" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="128" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="129" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="130" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="131" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="132" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="133" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="134" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="135" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="136" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="137" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="138" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="139" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="140" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="141" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="142" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="143" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="144" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="145" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="146" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="147" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="148" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="149" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="150" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="151" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="152" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="153" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="154" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="155" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="156" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="157" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="158" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="159" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="160" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="161" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="162" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="163" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="164" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="165" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="166" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="167" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="168" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="169" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="170" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="171" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="172" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="173" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="174" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="175" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="176" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="177" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="178" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="179" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="180" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="181" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="182" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="183" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="184" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="185" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="186" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="187" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="188" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="189" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="190" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="191" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="192" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="193" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="194" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="195" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="196" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="197" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="198" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="199" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="200" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="201" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="202" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="203" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="204" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="205" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="206" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="207" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="208" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="209" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="210" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="211" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="212" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="213" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="214" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="215" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="216" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="217" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="218" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="219" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="220" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="221" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="222" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="223" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="224" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="225" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="226" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="227" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="228" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="229" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="230" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="231" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="232" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="233" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="234" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="235" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="236" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="237" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="238" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="239" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="240" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="241" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="242" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="243" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="244" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="245" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="246" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="247" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="248" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="249" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="250" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="251" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="252" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="253" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="254" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="255" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="256" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="257" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="258" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="259" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="260" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="261" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="262" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="263" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="264" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="265" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="266" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="267" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="268" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="269" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="270" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="271" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="272" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="273" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="274" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="275" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="276" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="277" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="278" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="279" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="280" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="281" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="282" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="283" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="284" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="285" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="286" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="287" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="288" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="289" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="290" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="291" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="292" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="293" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="294" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="295" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="296" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="297" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="298" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="299" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="300" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="301" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="302" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="303" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="304" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="305" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="306" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="307" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="308" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="309" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="310" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="311" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="312" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="313" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="314" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="315" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="316" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="317" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="318" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="319" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="320" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="321" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="322" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="323" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="324" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="325" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="326" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="327" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="328" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="329" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="330" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="331" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="332" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="333" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="334" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="335" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="336" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="337" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="338" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="339" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="340" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="341" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="342" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="343" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="344" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="345" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="346" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="347" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="348" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="349" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="350" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="351" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="352" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="353" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="354" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="355" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="356" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="357" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="358" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="359" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="360" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="361" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="362" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="363" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="364" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="365" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="366" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="367" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="368" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="369" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="370" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="371" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="372" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="373" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="374" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="375" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="376" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="377" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="378" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="379" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="380" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="381" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="382" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="383" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="384" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="385" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="386" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="387" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="388" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="389" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="390" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="391" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="392" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="393" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="394" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="395" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="396" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="397" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="398" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="399" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="400" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="401" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="402" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="403" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="404" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="405" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="406" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="407" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="408" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="409" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="410" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="411" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="412" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="413" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="414" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="415" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="416" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="417" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="418" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="419" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="420" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="421" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="422" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="423" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="424" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="425" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="426" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="427" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="428" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="429" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="430" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="431" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="432" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="433" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="434" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="435" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="436" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="437" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="438" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="439" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="440" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="441" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="442" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="443" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="444" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="445" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="446" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="447" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="448" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="449" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="450" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="451" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="452" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="453" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="454" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="455" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="456" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="457" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="458" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="459" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="460" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="461" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="462" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="463" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="464" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="465" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="466" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="467" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="468" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="469" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="470" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="471" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="472" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="473" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="474" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="475" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="476" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="477" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="478" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="479" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="480" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="481" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="482" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="483" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="484" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="485" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="486" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="487" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="488" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="489" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="490" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="491" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="492" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="493" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="494" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="495" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="496" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="497" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="498" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="499" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="500" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="5">
-    <mergeCell ref="A22:E22"/>
-[...3 lines deleted...]
-    <mergeCell ref="A19:J19"/>
+    <mergeCell ref="A1:L1"/>
+    <mergeCell ref="A2:L2"/>
+    <mergeCell ref="A18:L18"/>
+    <mergeCell ref="A19:L19"/>
+    <mergeCell ref="A22:L22"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" scale="78" orientation="landscape" horizontalDpi="4294967295" verticalDpi="4294967295" r:id="rId1"/>
-  <drawing r:id="rId2"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
-  <dimension ref="A1:K22"/>
+  <dimension ref="A1:L500"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="K4" sqref="K4:K16"/>
+      <selection pane="bottomLeft" sqref="A1:L1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="18.42578125" customWidth="1"/>
-    <col min="2" max="7" width="10" customWidth="1"/>
+    <col min="1" max="1" width="18.5703125" customWidth="1"/>
+    <col min="2" max="12" width="10.140625" customWidth="1"/>
+    <col min="13" max="100" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" s="1" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="14" t="s">
+    <row r="1" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="B1" s="9"/>
+      <c r="C1" s="9"/>
+      <c r="D1" s="9"/>
+      <c r="E1" s="9"/>
+      <c r="F1" s="9"/>
+      <c r="G1" s="9"/>
+      <c r="H1" s="9"/>
+      <c r="I1" s="9"/>
+      <c r="J1" s="9"/>
+      <c r="K1" s="9"/>
+      <c r="L1" s="9"/>
+    </row>
+    <row r="2" spans="1:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="B2" s="9"/>
+      <c r="C2" s="9"/>
+      <c r="D2" s="9"/>
+      <c r="E2" s="9"/>
+      <c r="F2" s="9"/>
+      <c r="G2" s="9"/>
+      <c r="H2" s="9"/>
+      <c r="I2" s="9"/>
+      <c r="J2" s="9"/>
+      <c r="K2" s="9"/>
+      <c r="L2" s="9"/>
+    </row>
+    <row r="3" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="4" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C4" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="D4" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="H4" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="I4" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="J4" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="K4" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="L4" s="3" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="B5" s="7"/>
+      <c r="C5" s="7">
+        <v>1.7</v>
+      </c>
+      <c r="D5" s="7">
+        <v>14.4</v>
+      </c>
+      <c r="E5" s="7">
+        <v>17.399999999999999</v>
+      </c>
+      <c r="F5" s="7">
+        <v>23.6</v>
+      </c>
+      <c r="G5" s="7">
+        <v>19.2</v>
+      </c>
+      <c r="H5" s="7">
+        <v>12.3</v>
+      </c>
+      <c r="I5" s="7">
+        <v>7.6</v>
+      </c>
+      <c r="J5" s="7">
+        <v>12.7</v>
+      </c>
+      <c r="K5" s="7">
+        <v>220.4</v>
+      </c>
+      <c r="L5" s="7">
+        <v>25.6</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="B6" s="7"/>
+      <c r="C6" s="7">
+        <v>10.3</v>
+      </c>
+      <c r="D6" s="7">
+        <v>12.4</v>
+      </c>
+      <c r="E6" s="7">
+        <v>13.9</v>
+      </c>
+      <c r="F6" s="7">
+        <v>21.7</v>
+      </c>
+      <c r="G6" s="7">
+        <v>21.5</v>
+      </c>
+      <c r="H6" s="7">
+        <v>18.5</v>
+      </c>
+      <c r="I6" s="7">
+        <v>24</v>
+      </c>
+      <c r="J6" s="7">
+        <v>12.4</v>
+      </c>
+      <c r="K6" s="7">
+        <v>21.5</v>
+      </c>
+      <c r="L6" s="7">
+        <v>30.7</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" s="7">
+        <v>13.6</v>
+      </c>
+      <c r="C7" s="7">
+        <v>7</v>
+      </c>
+      <c r="D7" s="7">
+        <v>6.9</v>
+      </c>
+      <c r="E7" s="7">
+        <v>7.9</v>
+      </c>
+      <c r="F7" s="7">
+        <v>10.9</v>
+      </c>
+      <c r="G7" s="7">
+        <v>17.399999999999999</v>
+      </c>
+      <c r="H7" s="7">
+        <v>16.899999999999999</v>
+      </c>
+      <c r="I7" s="7">
+        <v>26.2</v>
+      </c>
+      <c r="J7" s="7">
+        <v>12</v>
+      </c>
+      <c r="K7" s="7">
+        <v>20.62</v>
+      </c>
+      <c r="L7" s="7">
+        <v>19.2</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B8" s="7">
+        <v>9.9</v>
+      </c>
+      <c r="C8" s="7">
+        <v>13.9</v>
+      </c>
+      <c r="D8" s="7">
+        <v>10.8</v>
+      </c>
+      <c r="E8" s="7">
+        <v>18.5</v>
+      </c>
+      <c r="F8" s="7">
+        <v>19.100000000000001</v>
+      </c>
+      <c r="G8" s="7">
+        <v>16.600000000000001</v>
+      </c>
+      <c r="H8" s="7">
+        <v>18.5</v>
+      </c>
+      <c r="I8" s="7">
+        <v>21.3</v>
+      </c>
+      <c r="J8" s="7">
+        <v>19.399999999999999</v>
+      </c>
+      <c r="K8" s="7">
+        <v>19.600000000000001</v>
+      </c>
+      <c r="L8" s="7">
+        <v>21.4</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="B9" s="7">
+        <v>9</v>
+      </c>
+      <c r="C9" s="7">
+        <v>8.1</v>
+      </c>
+      <c r="D9" s="7">
+        <v>19.100000000000001</v>
+      </c>
+      <c r="E9" s="7">
+        <v>8.9</v>
+      </c>
+      <c r="F9" s="7">
+        <v>24.6</v>
+      </c>
+      <c r="G9" s="7">
+        <v>14</v>
+      </c>
+      <c r="H9" s="7">
+        <v>13.6</v>
+      </c>
+      <c r="I9" s="7">
+        <v>23.4</v>
+      </c>
+      <c r="J9" s="7">
+        <v>10.1</v>
+      </c>
+      <c r="K9" s="7">
+        <v>-3</v>
+      </c>
+      <c r="L9" s="7">
+        <v>7.7</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="B10" s="7">
+        <v>-2.5</v>
+      </c>
+      <c r="C10" s="7">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="D10" s="7">
+        <v>7</v>
+      </c>
+      <c r="E10" s="7">
+        <v>17.100000000000001</v>
+      </c>
+      <c r="F10" s="7">
+        <v>24</v>
+      </c>
+      <c r="G10" s="7">
+        <v>22.9</v>
+      </c>
+      <c r="H10" s="7">
+        <v>10</v>
+      </c>
+      <c r="I10" s="7">
+        <v>9.9</v>
+      </c>
+      <c r="J10" s="7">
+        <v>14.4</v>
+      </c>
+      <c r="K10" s="7">
+        <v>15.4</v>
+      </c>
+      <c r="L10" s="7">
+        <v>41.8</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B11" s="7">
+        <v>18</v>
+      </c>
+      <c r="C11" s="7">
+        <v>14</v>
+      </c>
+      <c r="D11" s="7">
+        <v>15</v>
+      </c>
+      <c r="E11" s="7">
+        <v>16</v>
+      </c>
+      <c r="F11" s="7">
+        <v>15.3</v>
+      </c>
+      <c r="G11" s="7">
+        <v>28.4</v>
+      </c>
+      <c r="H11" s="7">
+        <v>24</v>
+      </c>
+      <c r="I11" s="7">
+        <v>23.6</v>
+      </c>
+      <c r="J11" s="7">
+        <v>33.799999999999997</v>
+      </c>
+      <c r="K11" s="7">
+        <v>25.2</v>
+      </c>
+      <c r="L11" s="7">
+        <v>9.9</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="4" t="s">
         <v>21</v>
       </c>
-      <c r="B1" s="14"/>
-[...47 lines deleted...]
-      <c r="G4" s="8" t="s">
+      <c r="B12" s="7">
+        <v>12.6</v>
+      </c>
+      <c r="C12" s="7">
+        <v>8</v>
+      </c>
+      <c r="D12" s="7">
+        <v>20</v>
+      </c>
+      <c r="E12" s="7">
+        <v>11</v>
+      </c>
+      <c r="F12" s="7">
+        <v>8.5</v>
+      </c>
+      <c r="G12" s="7">
+        <v>21</v>
+      </c>
+      <c r="H12" s="7">
+        <v>23.7</v>
+      </c>
+      <c r="I12" s="7">
+        <v>5.9</v>
+      </c>
+      <c r="J12" s="7">
+        <v>16.600000000000001</v>
+      </c>
+      <c r="K12" s="7">
+        <v>28.4</v>
+      </c>
+      <c r="L12" s="7">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B13" s="7">
+        <v>13.7</v>
+      </c>
+      <c r="C13" s="7">
+        <v>17.8</v>
+      </c>
+      <c r="D13" s="7">
+        <v>20.100000000000001</v>
+      </c>
+      <c r="E13" s="7">
+        <v>16.600000000000001</v>
+      </c>
+      <c r="F13" s="7">
+        <v>17.7</v>
+      </c>
+      <c r="G13" s="7">
+        <v>13</v>
+      </c>
+      <c r="H13" s="7">
+        <v>15.7</v>
+      </c>
+      <c r="I13" s="7">
+        <v>20.9</v>
+      </c>
+      <c r="J13" s="7">
+        <v>24</v>
+      </c>
+      <c r="K13" s="7">
+        <v>15.45</v>
+      </c>
+      <c r="L13" s="7">
+        <v>16.100000000000001</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="B14" s="7">
+        <v>13</v>
+      </c>
+      <c r="C14" s="7">
+        <v>18.5</v>
+      </c>
+      <c r="D14" s="7">
+        <v>12.3</v>
+      </c>
+      <c r="E14" s="7">
+        <v>8.4</v>
+      </c>
+      <c r="F14" s="7">
+        <v>7.3</v>
+      </c>
+      <c r="G14" s="7">
+        <v>17.8</v>
+      </c>
+      <c r="H14" s="7">
+        <v>20.8</v>
+      </c>
+      <c r="I14" s="7">
+        <v>25.6</v>
+      </c>
+      <c r="J14" s="7">
+        <v>12.2</v>
+      </c>
+      <c r="K14" s="7">
+        <v>21.6</v>
+      </c>
+      <c r="L14" s="7">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="B15" s="7">
+        <v>10.199999999999999</v>
+      </c>
+      <c r="C15" s="7">
+        <v>15.2</v>
+      </c>
+      <c r="D15" s="7">
+        <v>20.7</v>
+      </c>
+      <c r="E15" s="7">
+        <v>20.399999999999999</v>
+      </c>
+      <c r="F15" s="7">
+        <v>17.7</v>
+      </c>
+      <c r="G15" s="7">
+        <v>28.8</v>
+      </c>
+      <c r="H15" s="7">
+        <v>12.3</v>
+      </c>
+      <c r="I15" s="7">
+        <v>24.2</v>
+      </c>
+      <c r="J15" s="7">
+        <v>20.6</v>
+      </c>
+      <c r="K15" s="7">
+        <v>24.9</v>
+      </c>
+      <c r="L15" s="7">
+        <v>34.799999999999997</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="B16" s="7"/>
+      <c r="C16" s="7">
+        <v>10.6181818181818</v>
+      </c>
+      <c r="D16" s="7">
+        <v>14.427272727272699</v>
+      </c>
+      <c r="E16" s="7">
+        <v>14.1909090909091</v>
+      </c>
+      <c r="F16" s="7">
+        <v>17.309090909090902</v>
+      </c>
+      <c r="G16" s="7">
+        <v>20.054545454545501</v>
+      </c>
+      <c r="H16" s="7">
+        <v>16.936363636363598</v>
+      </c>
+      <c r="I16" s="7">
+        <v>19.3272727272727</v>
+      </c>
+      <c r="J16" s="7">
+        <v>17.109090909090899</v>
+      </c>
+      <c r="K16" s="7">
+        <v>37.279090909090897</v>
+      </c>
+      <c r="L16" s="7">
+        <v>23.927272727272701</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="1"/>
+      <c r="B17" s="6"/>
+      <c r="C17" s="6"/>
+      <c r="D17" s="6"/>
+      <c r="E17" s="6"/>
+      <c r="F17" s="6"/>
+      <c r="G17" s="6"/>
+      <c r="H17" s="6"/>
+      <c r="I17" s="6"/>
+      <c r="J17" s="6"/>
+      <c r="K17" s="6"/>
+      <c r="L17" s="6"/>
+    </row>
+    <row r="18" spans="1:12" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="11" t="s">
         <v>40</v>
       </c>
-      <c r="H4" s="8" t="s">
-[...454 lines deleted...]
-        <v>20</v>
+      <c r="B18" s="13"/>
+      <c r="C18" s="13"/>
+      <c r="D18" s="13"/>
+      <c r="E18" s="13"/>
+      <c r="F18" s="13"/>
+      <c r="G18" s="13"/>
+      <c r="H18" s="13"/>
+      <c r="I18" s="13"/>
+      <c r="J18" s="13"/>
+      <c r="K18" s="13"/>
+      <c r="L18" s="13"/>
+    </row>
+    <row r="19" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="11" t="s">
+        <v>27</v>
       </c>
       <c r="B19" s="13"/>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="13"/>
       <c r="G19" s="13"/>
       <c r="H19" s="13"/>
       <c r="I19" s="13"/>
       <c r="J19" s="13"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A20" s="6"/>
+      <c r="K19" s="13"/>
+      <c r="L19" s="13"/>
+    </row>
+    <row r="20" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="1"/>
       <c r="B20" s="6"/>
       <c r="C20" s="6"/>
       <c r="D20" s="6"/>
       <c r="E20" s="6"/>
       <c r="F20" s="6"/>
       <c r="G20" s="6"/>
-    </row>
-[...22 lines deleted...]
-    </row>
+      <c r="H20" s="6"/>
+      <c r="I20" s="6"/>
+      <c r="J20" s="6"/>
+      <c r="K20" s="6"/>
+      <c r="L20" s="6"/>
+    </row>
+    <row r="21" spans="1:12" ht="81" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="22" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="11" t="s">
+        <v>28</v>
+      </c>
+      <c r="B22" s="9"/>
+      <c r="C22" s="9"/>
+      <c r="D22" s="9"/>
+      <c r="E22" s="9"/>
+      <c r="F22" s="9"/>
+      <c r="G22" s="9"/>
+      <c r="H22" s="9"/>
+      <c r="I22" s="9"/>
+      <c r="J22" s="9"/>
+      <c r="K22" s="9"/>
+      <c r="L22" s="9"/>
+    </row>
+    <row r="23" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="24" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="25" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="26" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="27" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="28" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="29" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="30" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="31" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="32" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="33" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="34" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="35" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="36" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="37" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="38" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="39" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="40" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="41" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="42" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="43" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="44" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="45" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="46" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="47" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="48" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="49" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="50" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="51" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="52" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="53" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="54" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="55" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="56" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="57" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="58" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="59" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="60" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="61" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="62" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="63" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="64" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="65" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="66" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="67" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="68" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="69" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="70" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="71" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="72" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="73" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="74" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="75" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="76" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="77" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="78" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="79" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="80" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="81" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="82" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="83" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="84" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="85" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="86" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="87" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="88" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="89" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="90" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="91" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="92" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="93" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="94" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="95" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="96" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="97" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="98" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="99" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="100" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="101" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="102" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="103" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="104" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="105" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="106" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="107" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="108" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="109" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="110" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="111" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="112" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="113" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="114" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="115" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="116" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="117" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="118" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="119" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="120" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="121" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="122" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="123" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="124" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="125" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="126" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="127" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="128" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="129" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="130" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="131" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="132" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="133" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="134" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="135" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="136" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="137" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="138" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="139" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="140" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="141" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="142" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="143" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="144" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="145" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="146" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="147" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="148" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="149" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="150" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="151" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="152" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="153" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="154" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="155" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="156" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="157" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="158" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="159" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="160" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="161" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="162" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="163" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="164" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="165" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="166" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="167" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="168" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="169" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="170" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="171" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="172" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="173" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="174" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="175" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="176" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="177" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="178" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="179" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="180" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="181" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="182" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="183" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="184" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="185" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="186" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="187" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="188" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="189" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="190" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="191" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="192" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="193" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="194" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="195" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="196" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="197" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="198" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="199" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="200" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="201" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="202" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="203" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="204" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="205" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="206" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="207" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="208" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="209" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="210" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="211" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="212" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="213" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="214" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="215" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="216" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="217" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="218" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="219" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="220" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="221" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="222" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="223" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="224" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="225" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="226" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="227" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="228" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="229" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="230" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="231" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="232" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="233" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="234" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="235" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="236" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="237" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="238" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="239" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="240" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="241" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="242" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="243" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="244" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="245" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="246" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="247" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="248" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="249" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="250" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="251" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="252" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="253" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="254" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="255" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="256" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="257" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="258" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="259" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="260" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="261" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="262" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="263" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="264" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="265" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="266" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="267" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="268" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="269" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="270" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="271" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="272" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="273" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="274" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="275" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="276" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="277" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="278" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="279" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="280" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="281" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="282" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="283" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="284" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="285" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="286" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="287" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="288" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="289" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="290" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="291" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="292" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="293" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="294" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="295" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="296" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="297" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="298" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="299" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="300" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="301" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="302" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="303" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="304" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="305" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="306" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="307" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="308" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="309" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="310" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="311" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="312" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="313" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="314" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="315" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="316" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="317" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="318" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="319" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="320" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="321" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="322" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="323" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="324" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="325" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="326" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="327" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="328" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="329" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="330" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="331" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="332" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="333" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="334" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="335" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="336" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="337" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="338" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="339" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="340" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="341" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="342" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="343" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="344" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="345" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="346" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="347" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="348" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="349" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="350" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="351" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="352" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="353" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="354" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="355" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="356" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="357" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="358" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="359" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="360" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="361" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="362" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="363" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="364" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="365" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="366" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="367" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="368" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="369" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="370" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="371" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="372" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="373" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="374" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="375" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="376" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="377" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="378" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="379" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="380" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="381" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="382" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="383" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="384" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="385" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="386" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="387" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="388" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="389" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="390" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="391" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="392" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="393" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="394" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="395" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="396" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="397" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="398" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="399" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="400" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="401" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="402" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="403" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="404" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="405" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="406" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="407" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="408" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="409" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="410" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="411" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="412" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="413" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="414" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="415" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="416" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="417" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="418" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="419" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="420" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="421" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="422" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="423" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="424" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="425" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="426" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="427" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="428" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="429" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="430" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="431" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="432" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="433" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="434" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="435" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="436" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="437" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="438" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="439" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="440" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="441" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="442" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="443" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="444" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="445" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="446" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="447" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="448" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="449" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="450" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="451" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="452" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="453" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="454" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="455" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="456" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="457" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="458" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="459" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="460" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="461" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="462" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="463" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="464" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="465" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="466" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="467" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="468" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="469" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="470" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="471" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="472" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="473" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="474" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="475" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="476" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="477" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="478" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="479" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="480" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="481" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="482" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="483" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="484" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="485" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="486" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="487" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="488" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="489" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="490" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="491" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="492" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="493" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="494" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="495" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="496" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="497" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="498" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="499" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="500" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="5">
-    <mergeCell ref="A1:J1"/>
-[...3 lines deleted...]
-    <mergeCell ref="A22:J22"/>
+    <mergeCell ref="A1:L1"/>
+    <mergeCell ref="A2:L2"/>
+    <mergeCell ref="A18:L18"/>
+    <mergeCell ref="A19:L19"/>
+    <mergeCell ref="A22:L22"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" scale="78" orientation="landscape" horizontalDpi="4294967295" verticalDpi="4294967295" r:id="rId1"/>
-  <drawing r:id="rId2"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
-  <dimension ref="A1:K22"/>
+  <dimension ref="A1:L500"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A18" sqref="A18:J18"/>
+      <selection pane="bottomLeft" sqref="A1:L1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="18.42578125" customWidth="1"/>
-    <col min="2" max="7" width="10" customWidth="1"/>
+    <col min="1" max="1" width="18.5703125" customWidth="1"/>
+    <col min="2" max="12" width="10.140625" customWidth="1"/>
+    <col min="13" max="100" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" s="1" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="14" t="s">
+    <row r="1" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="B1" s="9"/>
+      <c r="C1" s="9"/>
+      <c r="D1" s="9"/>
+      <c r="E1" s="9"/>
+      <c r="F1" s="9"/>
+      <c r="G1" s="9"/>
+      <c r="H1" s="9"/>
+      <c r="I1" s="9"/>
+      <c r="J1" s="9"/>
+      <c r="K1" s="9"/>
+      <c r="L1" s="9"/>
+    </row>
+    <row r="2" spans="1:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="B2" s="9"/>
+      <c r="C2" s="9"/>
+      <c r="D2" s="9"/>
+      <c r="E2" s="9"/>
+      <c r="F2" s="9"/>
+      <c r="G2" s="9"/>
+      <c r="H2" s="9"/>
+      <c r="I2" s="9"/>
+      <c r="J2" s="9"/>
+      <c r="K2" s="9"/>
+      <c r="L2" s="9"/>
+    </row>
+    <row r="3" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="4" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C4" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="D4" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="H4" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="I4" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="J4" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="K4" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="L4" s="3" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="B5" s="7">
+        <v>11.1</v>
+      </c>
+      <c r="C5" s="7">
+        <v>6.4</v>
+      </c>
+      <c r="D5" s="7">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="E5" s="7">
+        <v>12</v>
+      </c>
+      <c r="F5" s="7">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="G5" s="7">
+        <v>6.4</v>
+      </c>
+      <c r="H5" s="7">
+        <v>9</v>
+      </c>
+      <c r="I5" s="7">
+        <v>11</v>
+      </c>
+      <c r="J5" s="7">
+        <v>21.5</v>
+      </c>
+      <c r="K5" s="7">
+        <v>31.8</v>
+      </c>
+      <c r="L5" s="7">
+        <v>22.4</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="B6" s="7">
+        <v>13.1</v>
+      </c>
+      <c r="C6" s="7">
+        <v>11.3</v>
+      </c>
+      <c r="D6" s="7">
+        <v>4.8</v>
+      </c>
+      <c r="E6" s="7">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="F6" s="7">
+        <v>7.3</v>
+      </c>
+      <c r="G6" s="7">
+        <v>11.1</v>
+      </c>
+      <c r="H6" s="7">
+        <v>18</v>
+      </c>
+      <c r="I6" s="7">
+        <v>10.8</v>
+      </c>
+      <c r="J6" s="7">
+        <v>9.3000000000000007</v>
+      </c>
+      <c r="K6" s="7">
+        <v>19.3</v>
+      </c>
+      <c r="L6" s="7">
+        <v>12.7</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" s="7">
+        <v>11.9</v>
+      </c>
+      <c r="C7" s="7">
+        <v>19.5</v>
+      </c>
+      <c r="D7" s="7">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="E7" s="7">
+        <v>5.3</v>
+      </c>
+      <c r="F7" s="7">
+        <v>5</v>
+      </c>
+      <c r="G7" s="7">
+        <v>13.7</v>
+      </c>
+      <c r="H7" s="7">
+        <v>16.5</v>
+      </c>
+      <c r="I7" s="7">
+        <v>13.7</v>
+      </c>
+      <c r="J7" s="7">
+        <v>10.199999999999999</v>
+      </c>
+      <c r="K7" s="7">
+        <v>7.97</v>
+      </c>
+      <c r="L7" s="7">
+        <v>8.1</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B8" s="7">
+        <v>7.2</v>
+      </c>
+      <c r="C8" s="7">
+        <v>23.4</v>
+      </c>
+      <c r="D8" s="7">
+        <v>20.100000000000001</v>
+      </c>
+      <c r="E8" s="7">
+        <v>7.5</v>
+      </c>
+      <c r="F8" s="7">
+        <v>12.4</v>
+      </c>
+      <c r="G8" s="7">
+        <v>7.5</v>
+      </c>
+      <c r="H8" s="7">
+        <v>2.1</v>
+      </c>
+      <c r="I8" s="7">
+        <v>8.5</v>
+      </c>
+      <c r="J8" s="7">
+        <v>20.3</v>
+      </c>
+      <c r="K8" s="7">
+        <v>18.3</v>
+      </c>
+      <c r="L8" s="7">
+        <v>16.3</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="B9" s="7">
+        <v>8</v>
+      </c>
+      <c r="C9" s="7">
+        <v>6.1</v>
+      </c>
+      <c r="D9" s="7">
+        <v>8.6999999999999993</v>
+      </c>
+      <c r="E9" s="7">
+        <v>17.100000000000001</v>
+      </c>
+      <c r="F9" s="7">
+        <v>23.7</v>
+      </c>
+      <c r="G9" s="7">
+        <v>8.5</v>
+      </c>
+      <c r="H9" s="7">
+        <v>18.2</v>
+      </c>
+      <c r="I9" s="7">
+        <v>9.4</v>
+      </c>
+      <c r="J9" s="7">
+        <v>3</v>
+      </c>
+      <c r="K9" s="7">
+        <v>13.4</v>
+      </c>
+      <c r="L9" s="7">
+        <v>12.8</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="B10" s="7">
+        <v>15.2</v>
+      </c>
+      <c r="C10" s="7">
+        <v>36.6</v>
+      </c>
+      <c r="D10" s="7">
+        <v>16.100000000000001</v>
+      </c>
+      <c r="E10" s="7">
+        <v>9.4</v>
+      </c>
+      <c r="F10" s="7">
+        <v>11.2</v>
+      </c>
+      <c r="G10" s="7">
+        <v>9.5</v>
+      </c>
+      <c r="H10" s="7">
+        <v>11.3</v>
+      </c>
+      <c r="I10" s="7">
+        <v>15</v>
+      </c>
+      <c r="J10" s="7">
         <v>21</v>
       </c>
-      <c r="B1" s="14"/>
-[...56 lines deleted...]
-      <c r="J4" s="8" t="s">
+      <c r="K10" s="7">
+        <v>11.17</v>
+      </c>
+      <c r="L10" s="7">
+        <v>7.7</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B11" s="7">
+        <v>7.9</v>
+      </c>
+      <c r="C11" s="7">
+        <v>7.9</v>
+      </c>
+      <c r="D11" s="7">
+        <v>12</v>
+      </c>
+      <c r="E11" s="7">
+        <v>9</v>
+      </c>
+      <c r="F11" s="7">
+        <v>20.7</v>
+      </c>
+      <c r="G11" s="7">
+        <v>31.2</v>
+      </c>
+      <c r="H11" s="7">
+        <v>26.9</v>
+      </c>
+      <c r="I11" s="7">
+        <v>22.9</v>
+      </c>
+      <c r="J11" s="7">
+        <v>22.2</v>
+      </c>
+      <c r="K11" s="7">
+        <v>36.1</v>
+      </c>
+      <c r="L11" s="7">
+        <v>15.8</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="B12" s="7">
+        <v>7.6</v>
+      </c>
+      <c r="C12" s="7">
+        <v>18.399999999999999</v>
+      </c>
+      <c r="D12" s="7">
+        <v>47.9</v>
+      </c>
+      <c r="E12" s="7">
+        <v>43.6</v>
+      </c>
+      <c r="F12" s="7">
+        <v>20.8</v>
+      </c>
+      <c r="G12" s="7">
+        <v>19.7</v>
+      </c>
+      <c r="H12" s="7">
+        <v>15</v>
+      </c>
+      <c r="I12" s="7">
+        <v>8.3000000000000007</v>
+      </c>
+      <c r="J12" s="7">
+        <v>6.2</v>
+      </c>
+      <c r="K12" s="7">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="L12" s="7">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B13" s="7">
+        <v>20.399999999999999</v>
+      </c>
+      <c r="C13" s="7">
+        <v>15</v>
+      </c>
+      <c r="D13" s="7">
+        <v>10.7</v>
+      </c>
+      <c r="E13" s="7">
+        <v>5.4</v>
+      </c>
+      <c r="F13" s="7">
+        <v>4.7</v>
+      </c>
+      <c r="G13" s="7">
+        <v>5.8</v>
+      </c>
+      <c r="H13" s="7">
+        <v>11.3</v>
+      </c>
+      <c r="I13" s="7">
+        <v>15.8</v>
+      </c>
+      <c r="J13" s="7">
+        <v>20.100000000000001</v>
+      </c>
+      <c r="K13" s="7">
+        <v>13.87</v>
+      </c>
+      <c r="L13" s="7">
+        <v>12.8</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="B14" s="7">
+        <v>18.899999999999999</v>
+      </c>
+      <c r="C14" s="7">
+        <v>23</v>
+      </c>
+      <c r="D14" s="7">
+        <v>35.9</v>
+      </c>
+      <c r="E14" s="7">
+        <v>29.3</v>
+      </c>
+      <c r="F14" s="7">
+        <v>16.899999999999999</v>
+      </c>
+      <c r="G14" s="7">
+        <v>14.1</v>
+      </c>
+      <c r="H14" s="7">
+        <v>9.1</v>
+      </c>
+      <c r="I14" s="7">
+        <v>7.2</v>
+      </c>
+      <c r="J14" s="7">
+        <v>5.3</v>
+      </c>
+      <c r="K14" s="7">
+        <v>9.5</v>
+      </c>
+      <c r="L14" s="7">
+        <v>11.6</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="B15" s="7">
+        <v>8.8000000000000007</v>
+      </c>
+      <c r="C15" s="7">
+        <v>3.9</v>
+      </c>
+      <c r="D15" s="7">
+        <v>8.6999999999999993</v>
+      </c>
+      <c r="E15" s="7">
+        <v>19.2</v>
+      </c>
+      <c r="F15" s="7">
+        <v>8.6999999999999993</v>
+      </c>
+      <c r="G15" s="7">
+        <v>20.9</v>
+      </c>
+      <c r="H15" s="7">
+        <v>7.1</v>
+      </c>
+      <c r="I15" s="7">
+        <v>7.6</v>
+      </c>
+      <c r="J15" s="7">
+        <v>14.1</v>
+      </c>
+      <c r="K15" s="7">
+        <v>7.5</v>
+      </c>
+      <c r="L15" s="7">
+        <v>11.1</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="B16" s="7">
+        <v>11.8272727272727</v>
+      </c>
+      <c r="C16" s="7">
+        <v>15.590909090909101</v>
+      </c>
+      <c r="D16" s="7">
+        <v>16.2454545454545</v>
+      </c>
+      <c r="E16" s="7">
+        <v>14.445454545454499</v>
+      </c>
+      <c r="F16" s="7">
+        <v>12.409090909090899</v>
+      </c>
+      <c r="G16" s="7">
+        <v>13.490909090909099</v>
+      </c>
+      <c r="H16" s="7">
+        <v>13.136363636363599</v>
+      </c>
+      <c r="I16" s="7">
+        <v>11.8363636363636</v>
+      </c>
+      <c r="J16" s="7">
+        <v>13.927272727272699</v>
+      </c>
+      <c r="K16" s="7">
+        <v>15.8190909090909</v>
+      </c>
+      <c r="L16" s="7">
+        <v>12.7545454545455</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="1"/>
+      <c r="B17" s="6"/>
+      <c r="C17" s="6"/>
+      <c r="D17" s="6"/>
+      <c r="E17" s="6"/>
+      <c r="F17" s="6"/>
+      <c r="G17" s="6"/>
+      <c r="H17" s="6"/>
+      <c r="I17" s="6"/>
+      <c r="J17" s="6"/>
+      <c r="K17" s="6"/>
+      <c r="L17" s="6"/>
+    </row>
+    <row r="18" spans="1:12" ht="60" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="11" t="s">
         <v>43</v>
       </c>
-      <c r="K4" s="8" t="s">
-[...445 lines deleted...]
-        <v>39</v>
+      <c r="B18" s="13"/>
+      <c r="C18" s="13"/>
+      <c r="D18" s="13"/>
+      <c r="E18" s="13"/>
+      <c r="F18" s="13"/>
+      <c r="G18" s="13"/>
+      <c r="H18" s="13"/>
+      <c r="I18" s="13"/>
+      <c r="J18" s="13"/>
+      <c r="K18" s="13"/>
+      <c r="L18" s="13"/>
+    </row>
+    <row r="19" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="11" t="s">
+        <v>27</v>
       </c>
       <c r="B19" s="13"/>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="13"/>
       <c r="G19" s="13"/>
       <c r="H19" s="13"/>
       <c r="I19" s="13"/>
       <c r="J19" s="13"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A20" s="6"/>
+      <c r="K19" s="13"/>
+      <c r="L19" s="13"/>
+    </row>
+    <row r="20" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="1"/>
       <c r="B20" s="6"/>
       <c r="C20" s="6"/>
       <c r="D20" s="6"/>
       <c r="E20" s="6"/>
       <c r="F20" s="6"/>
       <c r="G20" s="6"/>
-    </row>
-[...22 lines deleted...]
-    </row>
+      <c r="H20" s="6"/>
+      <c r="I20" s="6"/>
+      <c r="J20" s="6"/>
+      <c r="K20" s="6"/>
+      <c r="L20" s="6"/>
+    </row>
+    <row r="21" spans="1:12" ht="81" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="22" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="11" t="s">
+        <v>28</v>
+      </c>
+      <c r="B22" s="9"/>
+      <c r="C22" s="9"/>
+      <c r="D22" s="9"/>
+      <c r="E22" s="9"/>
+      <c r="F22" s="9"/>
+      <c r="G22" s="9"/>
+      <c r="H22" s="9"/>
+      <c r="I22" s="9"/>
+      <c r="J22" s="9"/>
+      <c r="K22" s="9"/>
+      <c r="L22" s="9"/>
+    </row>
+    <row r="23" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="24" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="25" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="26" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="27" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="28" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="29" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="30" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="31" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="32" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="33" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="34" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="35" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="36" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="37" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="38" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="39" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="40" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="41" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="42" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="43" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="44" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="45" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="46" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="47" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="48" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="49" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="50" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="51" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="52" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="53" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="54" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="55" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="56" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="57" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="58" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="59" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="60" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="61" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="62" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="63" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="64" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="65" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="66" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="67" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="68" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="69" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="70" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="71" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="72" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="73" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="74" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="75" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="76" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="77" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="78" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="79" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="80" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="81" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="82" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="83" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="84" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="85" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="86" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="87" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="88" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="89" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="90" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="91" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="92" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="93" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="94" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="95" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="96" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="97" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="98" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="99" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="100" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="101" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="102" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="103" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="104" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="105" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="106" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="107" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="108" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="109" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="110" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="111" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="112" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="113" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="114" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="115" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="116" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="117" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="118" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="119" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="120" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="121" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="122" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="123" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="124" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="125" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="126" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="127" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="128" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="129" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="130" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="131" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="132" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="133" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="134" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="135" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="136" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="137" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="138" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="139" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="140" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="141" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="142" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="143" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="144" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="145" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="146" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="147" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="148" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="149" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="150" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="151" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="152" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="153" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="154" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="155" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="156" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="157" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="158" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="159" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="160" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="161" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="162" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="163" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="164" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="165" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="166" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="167" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="168" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="169" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="170" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="171" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="172" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="173" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="174" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="175" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="176" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="177" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="178" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="179" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="180" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="181" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="182" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="183" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="184" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="185" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="186" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="187" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="188" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="189" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="190" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="191" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="192" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="193" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="194" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="195" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="196" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="197" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="198" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="199" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="200" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="201" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="202" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="203" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="204" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="205" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="206" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="207" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="208" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="209" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="210" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="211" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="212" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="213" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="214" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="215" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="216" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="217" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="218" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="219" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="220" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="221" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="222" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="223" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="224" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="225" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="226" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="227" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="228" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="229" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="230" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="231" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="232" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="233" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="234" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="235" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="236" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="237" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="238" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="239" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="240" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="241" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="242" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="243" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="244" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="245" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="246" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="247" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="248" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="249" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="250" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="251" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="252" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="253" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="254" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="255" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="256" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="257" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="258" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="259" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="260" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="261" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="262" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="263" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="264" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="265" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="266" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="267" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="268" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="269" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="270" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="271" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="272" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="273" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="274" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="275" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="276" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="277" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="278" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="279" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="280" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="281" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="282" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="283" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="284" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="285" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="286" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="287" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="288" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="289" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="290" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="291" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="292" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="293" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="294" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="295" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="296" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="297" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="298" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="299" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="300" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="301" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="302" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="303" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="304" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="305" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="306" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="307" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="308" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="309" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="310" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="311" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="312" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="313" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="314" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="315" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="316" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="317" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="318" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="319" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="320" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="321" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="322" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="323" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="324" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="325" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="326" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="327" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="328" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="329" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="330" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="331" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="332" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="333" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="334" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="335" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="336" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="337" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="338" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="339" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="340" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="341" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="342" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="343" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="344" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="345" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="346" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="347" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="348" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="349" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="350" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="351" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="352" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="353" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="354" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="355" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="356" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="357" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="358" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="359" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="360" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="361" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="362" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="363" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="364" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="365" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="366" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="367" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="368" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="369" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="370" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="371" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="372" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="373" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="374" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="375" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="376" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="377" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="378" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="379" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="380" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="381" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="382" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="383" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="384" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="385" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="386" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="387" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="388" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="389" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="390" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="391" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="392" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="393" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="394" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="395" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="396" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="397" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="398" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="399" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="400" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="401" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="402" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="403" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="404" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="405" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="406" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="407" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="408" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="409" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="410" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="411" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="412" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="413" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="414" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="415" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="416" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="417" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="418" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="419" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="420" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="421" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="422" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="423" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="424" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="425" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="426" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="427" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="428" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="429" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="430" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="431" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="432" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="433" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="434" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="435" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="436" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="437" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="438" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="439" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="440" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="441" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="442" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="443" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="444" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="445" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="446" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="447" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="448" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="449" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="450" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="451" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="452" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="453" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="454" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="455" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="456" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="457" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="458" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="459" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="460" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="461" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="462" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="463" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="464" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="465" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="466" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="467" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="468" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="469" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="470" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="471" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="472" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="473" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="474" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="475" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="476" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="477" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="478" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="479" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="480" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="481" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="482" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="483" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="484" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="485" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="486" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="487" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="488" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="489" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="490" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="491" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="492" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="493" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="494" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="495" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="496" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="497" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="498" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="499" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="500" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="5">
-    <mergeCell ref="A1:J1"/>
-[...3 lines deleted...]
-    <mergeCell ref="A19:J19"/>
+    <mergeCell ref="A1:L1"/>
+    <mergeCell ref="A2:L2"/>
+    <mergeCell ref="A18:L18"/>
+    <mergeCell ref="A19:L19"/>
+    <mergeCell ref="A22:L22"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" scale="78" orientation="landscape" horizontalDpi="4294967295" verticalDpi="4294967295" r:id="rId1"/>
-  <drawing r:id="rId2"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
-  <dimension ref="A1:K22"/>
+  <dimension ref="A1:L500"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="K4" sqref="K4:K16"/>
+      <selection pane="bottomLeft" sqref="A1:L1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="18.42578125" customWidth="1"/>
-    <col min="2" max="7" width="10" customWidth="1"/>
+    <col min="1" max="1" width="18.5703125" customWidth="1"/>
+    <col min="2" max="12" width="10.140625" customWidth="1"/>
+    <col min="13" max="100" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" s="1" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="14" t="s">
+    <row r="1" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="B1" s="9"/>
+      <c r="C1" s="9"/>
+      <c r="D1" s="9"/>
+      <c r="E1" s="9"/>
+      <c r="F1" s="9"/>
+      <c r="G1" s="9"/>
+      <c r="H1" s="9"/>
+      <c r="I1" s="9"/>
+      <c r="J1" s="9"/>
+      <c r="K1" s="9"/>
+      <c r="L1" s="9"/>
+    </row>
+    <row r="2" spans="1:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="B2" s="9"/>
+      <c r="C2" s="9"/>
+      <c r="D2" s="9"/>
+      <c r="E2" s="9"/>
+      <c r="F2" s="9"/>
+      <c r="G2" s="9"/>
+      <c r="H2" s="9"/>
+      <c r="I2" s="9"/>
+      <c r="J2" s="9"/>
+      <c r="K2" s="9"/>
+      <c r="L2" s="9"/>
+    </row>
+    <row r="3" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="4" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C4" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="D4" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="H4" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="I4" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="J4" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="K4" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="L4" s="3" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="B5" s="7">
+        <v>-3.7</v>
+      </c>
+      <c r="C5" s="7">
+        <v>-0.5</v>
+      </c>
+      <c r="D5" s="7">
+        <v>-0.2</v>
+      </c>
+      <c r="E5" s="7">
+        <v>0</v>
+      </c>
+      <c r="F5" s="7">
+        <v>0</v>
+      </c>
+      <c r="G5" s="7">
+        <v>1E-27</v>
+      </c>
+      <c r="H5" s="7">
+        <v>0</v>
+      </c>
+      <c r="I5" s="7">
+        <v>-0.1</v>
+      </c>
+      <c r="J5" s="7">
+        <v>-0.1</v>
+      </c>
+      <c r="K5" s="7">
+        <v>-0.2</v>
+      </c>
+      <c r="L5" s="7">
+        <v>-0.6</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="B6" s="7"/>
+      <c r="C6" s="7">
+        <v>0.3</v>
+      </c>
+      <c r="D6" s="7">
+        <v>0.2</v>
+      </c>
+      <c r="E6" s="7">
+        <v>0.2</v>
+      </c>
+      <c r="F6" s="7">
+        <v>0.1</v>
+      </c>
+      <c r="G6" s="7">
+        <v>9.9999999999999993E-35</v>
+      </c>
+      <c r="H6" s="7">
+        <v>0</v>
+      </c>
+      <c r="I6" s="7">
+        <v>0</v>
+      </c>
+      <c r="J6" s="7">
+        <v>-0.1</v>
+      </c>
+      <c r="K6" s="7">
+        <v>-0.6</v>
+      </c>
+      <c r="L6" s="7">
+        <v>-0.8</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" s="7">
+        <v>0.6</v>
+      </c>
+      <c r="C7" s="7">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="D7" s="7">
+        <v>0.8</v>
+      </c>
+      <c r="E7" s="7">
+        <v>0.4</v>
+      </c>
+      <c r="F7" s="7">
+        <v>0.2</v>
+      </c>
+      <c r="G7" s="7">
+        <v>0.2</v>
+      </c>
+      <c r="H7" s="7">
+        <v>0.1</v>
+      </c>
+      <c r="I7" s="7">
+        <v>0</v>
+      </c>
+      <c r="J7" s="7">
+        <v>0</v>
+      </c>
+      <c r="K7" s="7">
+        <v>-0.16</v>
+      </c>
+      <c r="L7" s="7">
+        <v>-0.1</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B8" s="7">
+        <v>0.8</v>
+      </c>
+      <c r="C8" s="7">
+        <v>0.8</v>
+      </c>
+      <c r="D8" s="7">
+        <v>0.1</v>
+      </c>
+      <c r="E8" s="7">
+        <v>0</v>
+      </c>
+      <c r="F8" s="7">
+        <v>0</v>
+      </c>
+      <c r="G8" s="7">
+        <v>1.0000000000000001E-30</v>
+      </c>
+      <c r="H8" s="7">
+        <v>0</v>
+      </c>
+      <c r="I8" s="7">
+        <v>0</v>
+      </c>
+      <c r="J8" s="7">
+        <v>0.1</v>
+      </c>
+      <c r="K8" s="7">
+        <v>-0.3</v>
+      </c>
+      <c r="L8" s="7">
+        <v>-0.3</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="B9" s="7">
+        <v>-0.1</v>
+      </c>
+      <c r="C9" s="7">
+        <v>0.1</v>
+      </c>
+      <c r="D9" s="7">
+        <v>0.1</v>
+      </c>
+      <c r="E9" s="7">
+        <v>0</v>
+      </c>
+      <c r="F9" s="7">
+        <v>0</v>
+      </c>
+      <c r="G9" s="7">
+        <v>1.0000000000000001E-33</v>
+      </c>
+      <c r="H9" s="7">
+        <v>0</v>
+      </c>
+      <c r="I9" s="7">
+        <v>0</v>
+      </c>
+      <c r="J9" s="7">
+        <v>0.1</v>
+      </c>
+      <c r="K9" s="7">
+        <v>-0.15</v>
+      </c>
+      <c r="L9" s="7">
+        <v>-0.1</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="B10" s="7">
+        <v>-1</v>
+      </c>
+      <c r="C10" s="7">
+        <v>0</v>
+      </c>
+      <c r="D10" s="7">
+        <v>-0.7</v>
+      </c>
+      <c r="E10" s="7">
+        <v>0.4</v>
+      </c>
+      <c r="F10" s="7">
+        <v>0</v>
+      </c>
+      <c r="G10" s="7">
+        <v>0.3</v>
+      </c>
+      <c r="H10" s="7">
+        <v>0.3</v>
+      </c>
+      <c r="I10" s="7">
+        <v>0.2</v>
+      </c>
+      <c r="J10" s="7">
+        <v>0.2</v>
+      </c>
+      <c r="K10" s="7">
+        <v>-0.18</v>
+      </c>
+      <c r="L10" s="7">
+        <v>-0.2</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B11" s="7">
+        <v>-0.3</v>
+      </c>
+      <c r="C11" s="7">
+        <v>-1.9</v>
+      </c>
+      <c r="D11" s="7"/>
+      <c r="E11" s="7"/>
+      <c r="F11" s="7">
+        <v>-0.6</v>
+      </c>
+      <c r="G11" s="7">
+        <v>-0.5</v>
+      </c>
+      <c r="H11" s="7">
+        <v>-0.5</v>
+      </c>
+      <c r="I11" s="7">
+        <v>-0.5</v>
+      </c>
+      <c r="J11" s="7">
+        <v>-0.4</v>
+      </c>
+      <c r="K11" s="7">
+        <v>-0.4</v>
+      </c>
+      <c r="L11" s="7">
+        <v>-0.2</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="4" t="s">
         <v>21</v>
       </c>
-      <c r="B1" s="14"/>
-[...24 lines deleted...]
-      <c r="A3" s="2" t="s">
+      <c r="B12" s="7">
+        <v>-4.3</v>
+      </c>
+      <c r="C12" s="7">
         <v>0</v>
       </c>
-    </row>
-[...48 lines deleted...]
-      <c r="E5" s="11">
+      <c r="D12" s="7">
         <v>0</v>
       </c>
-      <c r="F5" s="11">
+      <c r="E12" s="7">
         <v>0</v>
       </c>
-      <c r="G5" s="11">
-[...2 lines deleted...]
-      <c r="H5" s="11">
+      <c r="F12" s="7">
+        <v>0.1</v>
+      </c>
+      <c r="G12" s="7">
+        <v>0.1</v>
+      </c>
+      <c r="H12" s="7">
+        <v>0.1</v>
+      </c>
+      <c r="I12" s="7">
+        <v>0.1</v>
+      </c>
+      <c r="J12" s="7">
+        <v>0.1</v>
+      </c>
+      <c r="K12" s="7">
+        <v>-0.3</v>
+      </c>
+      <c r="L12" s="7">
+        <v>-1</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B13" s="7">
+        <v>0.8</v>
+      </c>
+      <c r="C13" s="7">
+        <v>0.7</v>
+      </c>
+      <c r="D13" s="7">
+        <v>0.7</v>
+      </c>
+      <c r="E13" s="7">
+        <v>0.5</v>
+      </c>
+      <c r="F13" s="7">
+        <v>0.2</v>
+      </c>
+      <c r="G13" s="7">
+        <v>0.2</v>
+      </c>
+      <c r="H13" s="7">
+        <v>0.2</v>
+      </c>
+      <c r="I13" s="7">
+        <v>0.1</v>
+      </c>
+      <c r="J13" s="7">
+        <v>0.1</v>
+      </c>
+      <c r="K13" s="7">
+        <v>0.12</v>
+      </c>
+      <c r="L13" s="7">
+        <v>-0.6</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="B14" s="7">
+        <v>0.9</v>
+      </c>
+      <c r="C14" s="7">
+        <v>-0.8</v>
+      </c>
+      <c r="D14" s="7">
+        <v>0.1</v>
+      </c>
+      <c r="E14" s="7">
         <v>0</v>
       </c>
-      <c r="I5" s="11">
+      <c r="F14" s="7">
+        <v>0</v>
+      </c>
+      <c r="G14" s="7">
+        <v>9.9999999999999994E-30</v>
+      </c>
+      <c r="H14" s="7">
+        <v>0</v>
+      </c>
+      <c r="I14" s="7">
         <v>-0.1</v>
       </c>
-      <c r="J5" s="11">
+      <c r="J14" s="7">
         <v>-0.1</v>
       </c>
-      <c r="K5" s="11">
-[...19 lines deleted...]
-      <c r="F6" s="11">
+      <c r="K14" s="7">
+        <v>-0.7</v>
+      </c>
+      <c r="L14" s="7">
+        <v>-0.9</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="B15" s="7">
+        <v>2.9</v>
+      </c>
+      <c r="C15" s="7">
         <v>0.1</v>
       </c>
-      <c r="G6" s="11">
-[...2 lines deleted...]
-      <c r="H6" s="11">
+      <c r="D15" s="7">
+        <v>-0.1</v>
+      </c>
+      <c r="E15" s="7">
         <v>0</v>
       </c>
-      <c r="I6" s="11">
+      <c r="F15" s="7">
         <v>0</v>
       </c>
-      <c r="J6" s="11">
+      <c r="G15" s="7">
+        <v>-2</v>
+      </c>
+      <c r="H15" s="7">
+        <v>0</v>
+      </c>
+      <c r="I15" s="7">
         <v>-0.1</v>
       </c>
-      <c r="K6" s="11">
-[...69 lines deleted...]
-      <c r="K8" s="11">
+      <c r="J15" s="7">
         <v>-0.3</v>
       </c>
-    </row>
-[...98 lines deleted...]
-      <c r="J11" s="11">
+      <c r="K15" s="7">
         <v>-0.4</v>
       </c>
-      <c r="K11" s="11">
-[...200 lines deleted...]
-        <v>20</v>
+      <c r="L15" s="7">
+        <v>-0.9</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="B16" s="7"/>
+      <c r="C16" s="7">
+        <v>-9.0909090909090801E-3</v>
+      </c>
+      <c r="D16" s="7"/>
+      <c r="E16" s="7"/>
+      <c r="F16" s="7">
+        <v>5.0505004505905299E-18</v>
+      </c>
+      <c r="G16" s="7">
+        <v>-0.15454545454545501</v>
+      </c>
+      <c r="H16" s="7">
+        <v>1.8181818181818198E-2</v>
+      </c>
+      <c r="I16" s="7">
+        <v>-3.6363636363636397E-2</v>
+      </c>
+      <c r="J16" s="7">
+        <v>-3.6363636363636397E-2</v>
+      </c>
+      <c r="K16" s="7">
+        <v>-0.29727272727272702</v>
+      </c>
+      <c r="L16" s="7">
+        <v>-0.51818181818181797</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="1"/>
+      <c r="B17" s="6"/>
+      <c r="C17" s="6"/>
+      <c r="D17" s="6"/>
+      <c r="E17" s="6"/>
+      <c r="F17" s="6"/>
+      <c r="G17" s="6"/>
+      <c r="H17" s="6"/>
+      <c r="I17" s="6"/>
+      <c r="J17" s="6"/>
+      <c r="K17" s="6"/>
+      <c r="L17" s="6"/>
+    </row>
+    <row r="18" spans="1:12" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="11" t="s">
+        <v>46</v>
+      </c>
+      <c r="B18" s="13"/>
+      <c r="C18" s="13"/>
+      <c r="D18" s="13"/>
+      <c r="E18" s="13"/>
+      <c r="F18" s="13"/>
+      <c r="G18" s="13"/>
+      <c r="H18" s="13"/>
+      <c r="I18" s="13"/>
+      <c r="J18" s="13"/>
+      <c r="K18" s="13"/>
+      <c r="L18" s="13"/>
+    </row>
+    <row r="19" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="11" t="s">
+        <v>27</v>
       </c>
       <c r="B19" s="13"/>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="13"/>
       <c r="G19" s="13"/>
       <c r="H19" s="13"/>
       <c r="I19" s="13"/>
       <c r="J19" s="13"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A20" s="6"/>
+      <c r="K19" s="13"/>
+      <c r="L19" s="13"/>
+    </row>
+    <row r="20" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="1"/>
       <c r="B20" s="6"/>
       <c r="C20" s="6"/>
       <c r="D20" s="6"/>
       <c r="E20" s="6"/>
       <c r="F20" s="6"/>
       <c r="G20" s="6"/>
-    </row>
-[...22 lines deleted...]
-    </row>
+      <c r="H20" s="6"/>
+      <c r="I20" s="6"/>
+      <c r="J20" s="6"/>
+      <c r="K20" s="6"/>
+      <c r="L20" s="6"/>
+    </row>
+    <row r="21" spans="1:12" ht="81" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="22" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="11" t="s">
+        <v>28</v>
+      </c>
+      <c r="B22" s="9"/>
+      <c r="C22" s="9"/>
+      <c r="D22" s="9"/>
+      <c r="E22" s="9"/>
+      <c r="F22" s="9"/>
+      <c r="G22" s="9"/>
+      <c r="H22" s="9"/>
+      <c r="I22" s="9"/>
+      <c r="J22" s="9"/>
+      <c r="K22" s="9"/>
+      <c r="L22" s="9"/>
+    </row>
+    <row r="23" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="24" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="25" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="26" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="27" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="28" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="29" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="30" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="31" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="32" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="33" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="34" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="35" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="36" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="37" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="38" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="39" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="40" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="41" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="42" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="43" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="44" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="45" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="46" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="47" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="48" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="49" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="50" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="51" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="52" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="53" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="54" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="55" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="56" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="57" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="58" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="59" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="60" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="61" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="62" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="63" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="64" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="65" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="66" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="67" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="68" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="69" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="70" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="71" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="72" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="73" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="74" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="75" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="76" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="77" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="78" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="79" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="80" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="81" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="82" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="83" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="84" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="85" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="86" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="87" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="88" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="89" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="90" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="91" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="92" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="93" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="94" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="95" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="96" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="97" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="98" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="99" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="100" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="101" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="102" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="103" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="104" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="105" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="106" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="107" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="108" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="109" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="110" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="111" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="112" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="113" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="114" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="115" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="116" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="117" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="118" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="119" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="120" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="121" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="122" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="123" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="124" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="125" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="126" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="127" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="128" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="129" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="130" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="131" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="132" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="133" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="134" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="135" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="136" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="137" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="138" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="139" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="140" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="141" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="142" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="143" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="144" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="145" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="146" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="147" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="148" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="149" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="150" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="151" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="152" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="153" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="154" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="155" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="156" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="157" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="158" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="159" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="160" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="161" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="162" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="163" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="164" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="165" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="166" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="167" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="168" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="169" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="170" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="171" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="172" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="173" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="174" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="175" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="176" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="177" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="178" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="179" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="180" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="181" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="182" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="183" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="184" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="185" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="186" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="187" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="188" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="189" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="190" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="191" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="192" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="193" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="194" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="195" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="196" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="197" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="198" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="199" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="200" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="201" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="202" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="203" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="204" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="205" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="206" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="207" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="208" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="209" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="210" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="211" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="212" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="213" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="214" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="215" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="216" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="217" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="218" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="219" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="220" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="221" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="222" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="223" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="224" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="225" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="226" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="227" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="228" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="229" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="230" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="231" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="232" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="233" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="234" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="235" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="236" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="237" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="238" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="239" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="240" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="241" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="242" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="243" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="244" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="245" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="246" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="247" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="248" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="249" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="250" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="251" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="252" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="253" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="254" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="255" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="256" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="257" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="258" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="259" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="260" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="261" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="262" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="263" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="264" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="265" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="266" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="267" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="268" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="269" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="270" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="271" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="272" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="273" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="274" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="275" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="276" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="277" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="278" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="279" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="280" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="281" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="282" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="283" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="284" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="285" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="286" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="287" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="288" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="289" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="290" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="291" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="292" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="293" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="294" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="295" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="296" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="297" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="298" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="299" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="300" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="301" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="302" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="303" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="304" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="305" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="306" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="307" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="308" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="309" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="310" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="311" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="312" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="313" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="314" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="315" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="316" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="317" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="318" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="319" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="320" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="321" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="322" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="323" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="324" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="325" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="326" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="327" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="328" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="329" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="330" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="331" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="332" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="333" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="334" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="335" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="336" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="337" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="338" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="339" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="340" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="341" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="342" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="343" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="344" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="345" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="346" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="347" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="348" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="349" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="350" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="351" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="352" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="353" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="354" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="355" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="356" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="357" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="358" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="359" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="360" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="361" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="362" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="363" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="364" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="365" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="366" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="367" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="368" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="369" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="370" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="371" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="372" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="373" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="374" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="375" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="376" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="377" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="378" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="379" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="380" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="381" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="382" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="383" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="384" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="385" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="386" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="387" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="388" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="389" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="390" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="391" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="392" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="393" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="394" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="395" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="396" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="397" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="398" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="399" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="400" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="401" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="402" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="403" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="404" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="405" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="406" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="407" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="408" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="409" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="410" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="411" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="412" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="413" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="414" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="415" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="416" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="417" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="418" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="419" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="420" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="421" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="422" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="423" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="424" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="425" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="426" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="427" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="428" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="429" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="430" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="431" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="432" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="433" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="434" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="435" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="436" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="437" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="438" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="439" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="440" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="441" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="442" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="443" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="444" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="445" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="446" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="447" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="448" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="449" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="450" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="451" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="452" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="453" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="454" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="455" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="456" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="457" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="458" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="459" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="460" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="461" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="462" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="463" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="464" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="465" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="466" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="467" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="468" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="469" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="470" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="471" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="472" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="473" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="474" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="475" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="476" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="477" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="478" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="479" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="480" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="481" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="482" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="483" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="484" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="485" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="486" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="487" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="488" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="489" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="490" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="491" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="492" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="493" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="494" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="495" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="496" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="497" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="498" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="499" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="500" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="5">
-    <mergeCell ref="A1:J1"/>
-[...3 lines deleted...]
-    <mergeCell ref="A22:J22"/>
+    <mergeCell ref="A1:L1"/>
+    <mergeCell ref="A2:L2"/>
+    <mergeCell ref="A18:L18"/>
+    <mergeCell ref="A19:L19"/>
+    <mergeCell ref="A22:L22"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" scale="78" orientation="landscape" horizontalDpi="4294967295" verticalDpi="4294967295" r:id="rId1"/>
-  <drawing r:id="rId2"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
-  <dimension ref="A1:K22"/>
+  <dimension ref="A1:L500"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A18" sqref="A18:J18"/>
+      <selection pane="bottomLeft" sqref="A1:L1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="18.42578125" customWidth="1"/>
-    <col min="2" max="7" width="10" customWidth="1"/>
+    <col min="1" max="1" width="18.5703125" customWidth="1"/>
+    <col min="2" max="12" width="10.140625" customWidth="1"/>
+    <col min="13" max="100" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" s="1" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="14" t="s">
+    <row r="1" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="B1" s="9"/>
+      <c r="C1" s="9"/>
+      <c r="D1" s="9"/>
+      <c r="E1" s="9"/>
+      <c r="F1" s="9"/>
+      <c r="G1" s="9"/>
+      <c r="H1" s="9"/>
+      <c r="I1" s="9"/>
+      <c r="J1" s="9"/>
+      <c r="K1" s="9"/>
+      <c r="L1" s="9"/>
+    </row>
+    <row r="2" spans="1:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B2" s="9"/>
+      <c r="C2" s="9"/>
+      <c r="D2" s="9"/>
+      <c r="E2" s="9"/>
+      <c r="F2" s="9"/>
+      <c r="G2" s="9"/>
+      <c r="H2" s="9"/>
+      <c r="I2" s="9"/>
+      <c r="J2" s="9"/>
+      <c r="K2" s="9"/>
+      <c r="L2" s="9"/>
+    </row>
+    <row r="3" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="4" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C4" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="D4" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="H4" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="I4" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="J4" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="K4" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="L4" s="3" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="B5" s="7">
+        <v>0.3</v>
+      </c>
+      <c r="C5" s="7">
+        <v>2.6</v>
+      </c>
+      <c r="D5" s="7">
+        <v>3.1</v>
+      </c>
+      <c r="E5" s="7">
+        <v>3.8</v>
+      </c>
+      <c r="F5" s="7">
+        <v>2.9</v>
+      </c>
+      <c r="G5" s="7">
+        <v>2.7</v>
+      </c>
+      <c r="H5" s="7">
+        <v>2.7</v>
+      </c>
+      <c r="I5" s="7">
+        <v>1.4</v>
+      </c>
+      <c r="J5" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="K5" s="7">
+        <v>1.9</v>
+      </c>
+      <c r="L5" s="7">
+        <v>1.4</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="B6" s="7"/>
+      <c r="C6" s="7">
+        <v>3.8</v>
+      </c>
+      <c r="D6" s="7">
+        <v>4.2</v>
+      </c>
+      <c r="E6" s="7">
+        <v>2.4</v>
+      </c>
+      <c r="F6" s="7">
+        <v>7.4</v>
+      </c>
+      <c r="G6" s="7">
+        <v>7</v>
+      </c>
+      <c r="H6" s="7">
+        <v>7</v>
+      </c>
+      <c r="I6" s="7">
+        <v>7.6</v>
+      </c>
+      <c r="J6" s="7">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="K6" s="7">
+        <v>6.8</v>
+      </c>
+      <c r="L6" s="7">
+        <v>5.6</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" s="7">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="C7" s="7">
+        <v>5.5</v>
+      </c>
+      <c r="D7" s="7">
+        <v>6</v>
+      </c>
+      <c r="E7" s="7">
+        <v>5.3</v>
+      </c>
+      <c r="F7" s="7">
+        <v>4.5</v>
+      </c>
+      <c r="G7" s="7">
+        <v>5.4</v>
+      </c>
+      <c r="H7" s="7">
+        <v>6.2</v>
+      </c>
+      <c r="I7" s="7">
+        <v>8.4</v>
+      </c>
+      <c r="J7" s="7">
+        <v>9.8000000000000007</v>
+      </c>
+      <c r="K7" s="7">
+        <v>8.56</v>
+      </c>
+      <c r="L7" s="7">
+        <v>8.8000000000000007</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B8" s="7">
+        <v>9.1</v>
+      </c>
+      <c r="C8" s="7">
+        <v>9.9</v>
+      </c>
+      <c r="D8" s="7">
+        <v>10.9</v>
+      </c>
+      <c r="E8" s="7">
+        <v>12.7</v>
+      </c>
+      <c r="F8" s="7">
+        <v>11.3</v>
+      </c>
+      <c r="G8" s="7">
+        <v>9.6</v>
+      </c>
+      <c r="H8" s="7">
+        <v>6.8</v>
+      </c>
+      <c r="I8" s="7">
+        <v>5.5</v>
+      </c>
+      <c r="J8" s="7">
+        <v>3.8</v>
+      </c>
+      <c r="K8" s="7">
+        <v>3.2</v>
+      </c>
+      <c r="L8" s="7">
+        <v>5.2</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="B9" s="7">
+        <v>6.2</v>
+      </c>
+      <c r="C9" s="7">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="D9" s="7">
+        <v>5.5</v>
+      </c>
+      <c r="E9" s="7">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="F9" s="7">
+        <v>5.3</v>
+      </c>
+      <c r="G9" s="7">
+        <v>4.7</v>
+      </c>
+      <c r="H9" s="7">
+        <v>1.8</v>
+      </c>
+      <c r="I9" s="7">
+        <v>2.1</v>
+      </c>
+      <c r="J9" s="7">
+        <v>2.6</v>
+      </c>
+      <c r="K9" s="7">
+        <v>2.5</v>
+      </c>
+      <c r="L9" s="7">
+        <v>1.6</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="B10" s="7">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="C10" s="7">
+        <v>5.6</v>
+      </c>
+      <c r="D10" s="7">
+        <v>4.7</v>
+      </c>
+      <c r="E10" s="7">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="F10" s="7">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="G10" s="7">
+        <v>2.9</v>
+      </c>
+      <c r="H10" s="7">
+        <v>3.5</v>
+      </c>
+      <c r="I10" s="7">
+        <v>2.7</v>
+      </c>
+      <c r="J10" s="7">
+        <v>2.6</v>
+      </c>
+      <c r="K10" s="7">
+        <v>2.9</v>
+      </c>
+      <c r="L10" s="7">
+        <v>1.9</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B11" s="7"/>
+      <c r="C11" s="7"/>
+      <c r="D11" s="7"/>
+      <c r="E11" s="7"/>
+      <c r="F11" s="7">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="G11" s="7">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="H11" s="7">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="I11" s="7">
+        <v>1.7</v>
+      </c>
+      <c r="J11" s="7">
+        <v>1.6</v>
+      </c>
+      <c r="K11" s="7">
+        <v>0.9</v>
+      </c>
+      <c r="L11" s="7">
+        <v>0.3</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="4" t="s">
         <v>21</v>
       </c>
-      <c r="B1" s="14"/>
-[...29 lines deleted...]
-      <c r="A4" s="7" t="s">
+      <c r="B12" s="7">
+        <v>3.6</v>
+      </c>
+      <c r="C12" s="7"/>
+      <c r="D12" s="7"/>
+      <c r="E12" s="7">
+        <v>11</v>
+      </c>
+      <c r="F12" s="7">
+        <v>8.6</v>
+      </c>
+      <c r="G12" s="7">
+        <v>7.6</v>
+      </c>
+      <c r="H12" s="7">
+        <v>8</v>
+      </c>
+      <c r="I12" s="7">
+        <v>9.8000000000000007</v>
+      </c>
+      <c r="J12" s="7">
+        <v>8.1</v>
+      </c>
+      <c r="K12" s="7">
+        <v>6.6</v>
+      </c>
+      <c r="L12" s="7">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B13" s="7">
+        <v>8.1</v>
+      </c>
+      <c r="C13" s="7">
+        <v>7.9</v>
+      </c>
+      <c r="D13" s="7">
+        <v>7.7</v>
+      </c>
+      <c r="E13" s="7">
+        <v>6</v>
+      </c>
+      <c r="F13" s="7">
         <v>3</v>
       </c>
-      <c r="B4" s="8" t="s">
-[...31 lines deleted...]
-      <c r="A5" s="9" t="s">
+      <c r="G13" s="7">
+        <v>3.1</v>
+      </c>
+      <c r="H13" s="7">
+        <v>3</v>
+      </c>
+      <c r="I13" s="7">
+        <v>2.6</v>
+      </c>
+      <c r="J13" s="7">
+        <v>3.8</v>
+      </c>
+      <c r="K13" s="7">
+        <v>4.0599999999999996</v>
+      </c>
+      <c r="L13" s="7">
+        <v>3.8</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="B14" s="7">
+        <v>10.8</v>
+      </c>
+      <c r="C14" s="7">
+        <v>9.6999999999999993</v>
+      </c>
+      <c r="D14" s="7">
+        <v>11.9</v>
+      </c>
+      <c r="E14" s="7">
+        <v>16.5</v>
+      </c>
+      <c r="F14" s="7">
+        <v>14.1</v>
+      </c>
+      <c r="G14" s="7">
+        <v>3.2</v>
+      </c>
+      <c r="H14" s="7">
+        <v>3</v>
+      </c>
+      <c r="I14" s="7">
+        <v>3.1</v>
+      </c>
+      <c r="J14" s="7">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="K14" s="7">
+        <v>3.4</v>
+      </c>
+      <c r="L14" s="7">
+        <v>2.6</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="B15" s="7">
+        <v>0.1</v>
+      </c>
+      <c r="C15" s="7">
+        <v>7.9</v>
+      </c>
+      <c r="D15" s="7">
         <v>7</v>
       </c>
-      <c r="B5" s="11">
-[...2 lines deleted...]
-      <c r="C5" s="11">
+      <c r="E15" s="7">
+        <v>7.2</v>
+      </c>
+      <c r="F15" s="7">
+        <v>6.3</v>
+      </c>
+      <c r="G15" s="7">
+        <v>4.3</v>
+      </c>
+      <c r="H15" s="7">
+        <v>7.3</v>
+      </c>
+      <c r="I15" s="7">
+        <v>2.5</v>
+      </c>
+      <c r="J15" s="7">
         <v>2.6</v>
       </c>
-      <c r="D5" s="11">
-[...17 lines deleted...]
-      <c r="J5" s="11">
+      <c r="K15" s="7">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="L15" s="7">
         <v>1.5</v>
       </c>
-      <c r="K5" s="11">
-[...410 lines deleted...]
-        <v>20</v>
+    </row>
+    <row r="16" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="B16" s="7"/>
+      <c r="C16" s="7"/>
+      <c r="D16" s="7"/>
+      <c r="E16" s="7"/>
+      <c r="F16" s="7">
+        <v>6.3454545454545501</v>
+      </c>
+      <c r="G16" s="7">
+        <v>4.9636363636363603</v>
+      </c>
+      <c r="H16" s="7">
+        <v>4.9454545454545498</v>
+      </c>
+      <c r="I16" s="7">
+        <v>4.3090909090909104</v>
+      </c>
+      <c r="J16" s="7">
+        <v>4.5181818181818203</v>
+      </c>
+      <c r="K16" s="7">
+        <v>3.92</v>
+      </c>
+      <c r="L16" s="7">
+        <v>3.6090909090909098</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="1"/>
+      <c r="B17" s="6"/>
+      <c r="C17" s="6"/>
+      <c r="D17" s="6"/>
+      <c r="E17" s="6"/>
+      <c r="F17" s="6"/>
+      <c r="G17" s="6"/>
+      <c r="H17" s="6"/>
+      <c r="I17" s="6"/>
+      <c r="J17" s="6"/>
+      <c r="K17" s="6"/>
+      <c r="L17" s="6"/>
+    </row>
+    <row r="18" spans="1:12" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="11" t="s">
+        <v>49</v>
+      </c>
+      <c r="B18" s="13"/>
+      <c r="C18" s="13"/>
+      <c r="D18" s="13"/>
+      <c r="E18" s="13"/>
+      <c r="F18" s="13"/>
+      <c r="G18" s="13"/>
+      <c r="H18" s="13"/>
+      <c r="I18" s="13"/>
+      <c r="J18" s="13"/>
+      <c r="K18" s="13"/>
+      <c r="L18" s="13"/>
+    </row>
+    <row r="19" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="11" t="s">
+        <v>27</v>
       </c>
       <c r="B19" s="13"/>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="13"/>
       <c r="G19" s="13"/>
       <c r="H19" s="13"/>
       <c r="I19" s="13"/>
       <c r="J19" s="13"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A20" s="6"/>
+      <c r="K19" s="13"/>
+      <c r="L19" s="13"/>
+    </row>
+    <row r="20" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="1"/>
       <c r="B20" s="6"/>
       <c r="C20" s="6"/>
       <c r="D20" s="6"/>
       <c r="E20" s="6"/>
       <c r="F20" s="6"/>
       <c r="G20" s="6"/>
-    </row>
-[...22 lines deleted...]
-    </row>
+      <c r="H20" s="6"/>
+      <c r="I20" s="6"/>
+      <c r="J20" s="6"/>
+      <c r="K20" s="6"/>
+      <c r="L20" s="6"/>
+    </row>
+    <row r="21" spans="1:12" ht="81" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="22" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="11" t="s">
+        <v>28</v>
+      </c>
+      <c r="B22" s="9"/>
+      <c r="C22" s="9"/>
+      <c r="D22" s="9"/>
+      <c r="E22" s="9"/>
+      <c r="F22" s="9"/>
+      <c r="G22" s="9"/>
+      <c r="H22" s="9"/>
+      <c r="I22" s="9"/>
+      <c r="J22" s="9"/>
+      <c r="K22" s="9"/>
+      <c r="L22" s="9"/>
+    </row>
+    <row r="23" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="24" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="25" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="26" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="27" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="28" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="29" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="30" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="31" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="32" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="33" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="34" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="35" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="36" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="37" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="38" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="39" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="40" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="41" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="42" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="43" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="44" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="45" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="46" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="47" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="48" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="49" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="50" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="51" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="52" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="53" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="54" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="55" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="56" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="57" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="58" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="59" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="60" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="61" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="62" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="63" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="64" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="65" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="66" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="67" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="68" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="69" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="70" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="71" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="72" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="73" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="74" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="75" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="76" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="77" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="78" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="79" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="80" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="81" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="82" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="83" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="84" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="85" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="86" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="87" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="88" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="89" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="90" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="91" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="92" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="93" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="94" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="95" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="96" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="97" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="98" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="99" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="100" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="101" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="102" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="103" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="104" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="105" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="106" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="107" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="108" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="109" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="110" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="111" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="112" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="113" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="114" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="115" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="116" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="117" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="118" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="119" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="120" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="121" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="122" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="123" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="124" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="125" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="126" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="127" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="128" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="129" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="130" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="131" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="132" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="133" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="134" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="135" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="136" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="137" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="138" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="139" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="140" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="141" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="142" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="143" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="144" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="145" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="146" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="147" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="148" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="149" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="150" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="151" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="152" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="153" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="154" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="155" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="156" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="157" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="158" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="159" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="160" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="161" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="162" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="163" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="164" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="165" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="166" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="167" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="168" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="169" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="170" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="171" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="172" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="173" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="174" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="175" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="176" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="177" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="178" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="179" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="180" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="181" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="182" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="183" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="184" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="185" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="186" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="187" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="188" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="189" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="190" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="191" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="192" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="193" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="194" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="195" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="196" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="197" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="198" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="199" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="200" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="201" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="202" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="203" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="204" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="205" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="206" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="207" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="208" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="209" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="210" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="211" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="212" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="213" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="214" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="215" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="216" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="217" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="218" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="219" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="220" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="221" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="222" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="223" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="224" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="225" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="226" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="227" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="228" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="229" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="230" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="231" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="232" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="233" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="234" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="235" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="236" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="237" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="238" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="239" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="240" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="241" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="242" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="243" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="244" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="245" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="246" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="247" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="248" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="249" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="250" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="251" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="252" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="253" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="254" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="255" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="256" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="257" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="258" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="259" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="260" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="261" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="262" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="263" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="264" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="265" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="266" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="267" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="268" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="269" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="270" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="271" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="272" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="273" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="274" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="275" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="276" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="277" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="278" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="279" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="280" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="281" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="282" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="283" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="284" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="285" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="286" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="287" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="288" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="289" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="290" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="291" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="292" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="293" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="294" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="295" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="296" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="297" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="298" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="299" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="300" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="301" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="302" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="303" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="304" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="305" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="306" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="307" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="308" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="309" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="310" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="311" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="312" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="313" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="314" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="315" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="316" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="317" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="318" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="319" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="320" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="321" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="322" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="323" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="324" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="325" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="326" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="327" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="328" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="329" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="330" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="331" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="332" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="333" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="334" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="335" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="336" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="337" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="338" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="339" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="340" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="341" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="342" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="343" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="344" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="345" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="346" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="347" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="348" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="349" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="350" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="351" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="352" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="353" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="354" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="355" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="356" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="357" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="358" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="359" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="360" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="361" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="362" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="363" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="364" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="365" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="366" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="367" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="368" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="369" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="370" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="371" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="372" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="373" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="374" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="375" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="376" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="377" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="378" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="379" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="380" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="381" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="382" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="383" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="384" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="385" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="386" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="387" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="388" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="389" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="390" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="391" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="392" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="393" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="394" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="395" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="396" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="397" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="398" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="399" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="400" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="401" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="402" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="403" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="404" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="405" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="406" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="407" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="408" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="409" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="410" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="411" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="412" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="413" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="414" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="415" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="416" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="417" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="418" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="419" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="420" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="421" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="422" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="423" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="424" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="425" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="426" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="427" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="428" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="429" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="430" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="431" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="432" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="433" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="434" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="435" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="436" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="437" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="438" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="439" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="440" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="441" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="442" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="443" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="444" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="445" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="446" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="447" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="448" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="449" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="450" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="451" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="452" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="453" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="454" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="455" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="456" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="457" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="458" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="459" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="460" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="461" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="462" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="463" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="464" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="465" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="466" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="467" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="468" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="469" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="470" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="471" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="472" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="473" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="474" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="475" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="476" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="477" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="478" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="479" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="480" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="481" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="482" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="483" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="484" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="485" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="486" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="487" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="488" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="489" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="490" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="491" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="492" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="493" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="494" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="495" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="496" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="497" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="498" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="499" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="500" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="5">
-    <mergeCell ref="A1:J1"/>
-[...3 lines deleted...]
-    <mergeCell ref="A22:J22"/>
+    <mergeCell ref="A1:L1"/>
+    <mergeCell ref="A2:L2"/>
+    <mergeCell ref="A18:L18"/>
+    <mergeCell ref="A19:L19"/>
+    <mergeCell ref="A22:L22"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" scale="78" orientation="landscape" horizontalDpi="4294967295" verticalDpi="4294967295" r:id="rId1"/>
-  <drawing r:id="rId2"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="8" baseType="lpstr">
-      <vt:lpstr>a) Nettoschuld pro Einw.</vt:lpstr>
-[...6 lines deleted...]
-      <vt:lpstr>h) Kapitaldienstanteil</vt:lpstr>
+      <vt:lpstr>Nettoschuld</vt:lpstr>
+      <vt:lpstr>Bruttoverschuldungsanteil</vt:lpstr>
+      <vt:lpstr>Nettoverschuldungsquotient</vt:lpstr>
+      <vt:lpstr>Selbstfinanzierungsgrad</vt:lpstr>
+      <vt:lpstr>Selbstfinanzierungsanteil</vt:lpstr>
+      <vt:lpstr>Investitionsanteil</vt:lpstr>
+      <vt:lpstr>Zinsbelastungsanteil</vt:lpstr>
+      <vt:lpstr>Kapitaldienstanteil</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator/>
-  <cp:lastModifiedBy/>
+  <dc:creator>zghori</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_SetDate">
-    <vt:lpwstr>2025-05-23T06:52:38Z</vt:lpwstr>
+    <vt:lpwstr>2026-01-20T12:54:40Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_Name">
     <vt:lpwstr>KTZG_Intern</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_SiteId">
     <vt:lpwstr>7b979bcc-f4f4-4d20-8c59-e9b7a9406038</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_ActionId">
-    <vt:lpwstr>c69586d1-e317-440e-8baf-fc2f095d4a6c</vt:lpwstr>
+    <vt:lpwstr>14b1c3fa-a44c-4d31-94dd-53f800f3dde3</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_Tag">
     <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>