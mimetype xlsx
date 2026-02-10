--- v0 (2025-12-18)
+++ v1 (2026-02-10)
@@ -5,116 +5,116 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="13125" windowHeight="6105" firstSheet="0" activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Militärverwaltung" sheetId="1" state="visible" r:id="rId1"/>
+    <sheet name="Dienstpflicht" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="20" uniqueCount="20">
   <si>
-    <t xml:space="preserve">Militärverwaltung und Zivilschutzorganisation</t>
+    <t xml:space="preserve">Dienstpflicht Armee und Zivilschutz</t>
   </si>
   <si>
-    <t xml:space="preserve">Kanton Zug, 2005-2024</t>
+    <t xml:space="preserve">Kanton Zug, 2005 bis 2025</t>
   </si>
   <si>
     <t xml:space="preserve">Jahr</t>
   </si>
   <si>
     <t xml:space="preserve">Militärverwaltung</t>
   </si>
   <si>
     <t xml:space="preserve"/>
   </si>
   <si>
     <t xml:space="preserve">Zivilschutzorganisation</t>
   </si>
   <si>
     <t xml:space="preserve">Orientierungstage</t>
   </si>
   <si>
     <t xml:space="preserve">Rekrutierung</t>
   </si>
   <si>
     <t xml:space="preserve">Meldepflichtige</t>
   </si>
   <si>
     <t xml:space="preserve">Entlassungen</t>
   </si>
   <si>
     <t xml:space="preserve">Stellungspflichtige</t>
   </si>
   <si>
     <t xml:space="preserve">Militärtauglich</t>
   </si>
   <si>
     <t xml:space="preserve">Schutzdiensttauglich</t>
   </si>
   <si>
     <t xml:space="preserve">Untauglich</t>
   </si>
   <si>
     <t xml:space="preserve">davon Nichteingeteilte</t>
   </si>
   <si>
     <t xml:space="preserve">Soldaten / Unteroffiziere</t>
   </si>
   <si>
     <t xml:space="preserve">Offiziere</t>
   </si>
   <si>
     <t xml:space="preserve">Schutzdienstpflichtige</t>
   </si>
   <si>
-    <t xml:space="preserve">Datenquelle: Kanton Zug, Amt für Zivilschutz und Militär, Aktualisiert am 27.01.2025 15:02</t>
+    <t xml:space="preserve">Datenquelle: Kanton Zug, Amt für Bevölkerungsschutz, Zivilschutz und Militär</t>
   </si>
   <si>
-    <t xml:space="preserve">Fachstelle Statistik des Kantons Zug</t>
+    <t xml:space="preserve">Fachstelle für Daten und Statistik</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="166" formatCode="#,##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="20"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <b/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -228,51 +228,51 @@
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <xdr:oneCellAnchor xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
     <xdr:from xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
       <xdr:col xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:col>
       <xdr:colOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:colOff>
-      <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">29</xdr:row>
+      <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">30</xdr:row>
       <xdr:rowOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:rowOff>
     </xdr:from>
     <xdr:ext xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" cx="2214000" cy="997200"/>
     <xdr:pic xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
       <xdr:nvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
         <xdr:cNvPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" id="1" name="Picture 1"/>
         <xdr:cNvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
           <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
         <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
         </a:blip>
         <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -1396,126 +1396,157 @@
         <v>359</v>
       </c>
       <c r="D26" s="7" t="n">
         <v>48</v>
       </c>
       <c r="E26" s="14" t="n">
         <v>65</v>
       </c>
       <c r="F26" s="10" t="n">
         <v>7181</v>
       </c>
       <c r="G26" s="14" t="n">
         <v>4560</v>
       </c>
       <c r="H26" s="10" t="n">
         <v>202</v>
       </c>
       <c r="I26" s="14" t="n">
         <v>17</v>
       </c>
       <c r="J26" s="7" t="n">
         <v>988</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
-      <c r="A27" s="1"/>
-[...8 lines deleted...]
-      <c r="J27" s="2"/>
+      <c r="A27" s="6" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B27" s="10" t="n">
+        <v>503</v>
+      </c>
+      <c r="C27" s="10" t="n">
+        <v>314</v>
+      </c>
+      <c r="D27" s="7" t="n">
+        <v>70</v>
+      </c>
+      <c r="E27" s="14" t="n">
+        <v>58</v>
+      </c>
+      <c r="F27" s="10" t="n">
+        <v>6988</v>
+      </c>
+      <c r="G27" s="14" t="n">
+        <v>4443</v>
+      </c>
+      <c r="H27" s="10" t="n">
+        <v>214</v>
+      </c>
+      <c r="I27" s="14" t="n">
+        <v>12</v>
+      </c>
+      <c r="J27" s="7" t="n">
+        <v>942</v>
+      </c>
     </row>
     <row r="28" ht="15" customHeight="1">
-      <c r="A28" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A28" s="1"/>
       <c r="B28" s="2"/>
       <c r="C28" s="2"/>
       <c r="D28" s="2"/>
       <c r="E28" s="2"/>
       <c r="F28" s="2"/>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
       <c r="I28" s="2"/>
       <c r="J28" s="2"/>
     </row>
     <row r="29" ht="15" customHeight="1">
-      <c r="A29" s="1"/>
+      <c r="A29" s="15" t="s">
+        <v>18</v>
+      </c>
       <c r="B29" s="2"/>
       <c r="C29" s="2"/>
       <c r="D29" s="2"/>
       <c r="E29" s="2"/>
       <c r="F29" s="2"/>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
       <c r="I29" s="2"/>
       <c r="J29" s="2"/>
     </row>
-    <row r="30" ht="81" customHeight="1">
+    <row r="30" ht="15" customHeight="1">
       <c r="A30" s="1"/>
       <c r="B30" s="2"/>
       <c r="C30" s="2"/>
       <c r="D30" s="2"/>
       <c r="E30" s="2"/>
       <c r="F30" s="2"/>
       <c r="G30" s="2"/>
       <c r="H30" s="2"/>
       <c r="I30" s="2"/>
       <c r="J30" s="2"/>
     </row>
-    <row r="31" ht="15" customHeight="1">
-[...2 lines deleted...]
-      </c>
+    <row r="31" ht="81" customHeight="1">
+      <c r="A31" s="1"/>
       <c r="B31" s="2"/>
       <c r="C31" s="2"/>
       <c r="D31" s="2"/>
       <c r="E31" s="2"/>
       <c r="F31" s="2"/>
       <c r="G31" s="2"/>
       <c r="H31" s="2"/>
       <c r="I31" s="2"/>
       <c r="J31" s="2"/>
     </row>
     <row r="32" ht="15" customHeight="1">
-      <c r="A32" s="1"/>
+      <c r="A32" s="15" t="s">
+        <v>19</v>
+      </c>
       <c r="B32" s="2"/>
       <c r="C32" s="2"/>
       <c r="D32" s="2"/>
       <c r="E32" s="2"/>
       <c r="F32" s="2"/>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
       <c r="I32" s="2"/>
       <c r="J32" s="2"/>
     </row>
-    <row r="33" ht="15" customHeight="1"/>
+    <row r="33" ht="15" customHeight="1">
+      <c r="A33" s="1"/>
+      <c r="B33" s="2"/>
+      <c r="C33" s="2"/>
+      <c r="D33" s="2"/>
+      <c r="E33" s="2"/>
+      <c r="F33" s="2"/>
+      <c r="G33" s="2"/>
+      <c r="H33" s="2"/>
+      <c r="I33" s="2"/>
+      <c r="J33" s="2"/>
+    </row>
     <row r="34" ht="15" customHeight="1"/>
     <row r="35" ht="15" customHeight="1"/>
     <row r="36" ht="15" customHeight="1"/>
     <row r="37" ht="15" customHeight="1"/>
     <row r="38" ht="15" customHeight="1"/>
     <row r="39" ht="15" customHeight="1"/>
     <row r="40" ht="15" customHeight="1"/>
     <row r="41" ht="15" customHeight="1"/>
     <row r="42" ht="15" customHeight="1"/>
     <row r="43" ht="15" customHeight="1"/>
     <row r="44" ht="15" customHeight="1"/>
     <row r="45" ht="15" customHeight="1"/>
     <row r="46" ht="15" customHeight="1"/>
     <row r="47" ht="15" customHeight="1"/>
     <row r="48" ht="15" customHeight="1"/>
     <row r="49" ht="15" customHeight="1"/>
     <row r="50" ht="15" customHeight="1"/>
     <row r="51" ht="15" customHeight="1"/>
     <row r="52" ht="15" customHeight="1"/>
     <row r="53" ht="15" customHeight="1"/>
     <row r="54" ht="15" customHeight="1"/>
     <row r="55" ht="15" customHeight="1"/>
     <row r="56" ht="15" customHeight="1"/>
     <row r="57" ht="15" customHeight="1"/>
     <row r="58" ht="15" customHeight="1"/>
@@ -1948,47 +1979,47 @@
     <row r="485" ht="15" customHeight="1"/>
     <row r="486" ht="15" customHeight="1"/>
     <row r="487" ht="15" customHeight="1"/>
     <row r="488" ht="15" customHeight="1"/>
     <row r="489" ht="15" customHeight="1"/>
     <row r="490" ht="15" customHeight="1"/>
     <row r="491" ht="15" customHeight="1"/>
     <row r="492" ht="15" customHeight="1"/>
     <row r="493" ht="15" customHeight="1"/>
     <row r="494" ht="15" customHeight="1"/>
     <row r="495" ht="15" customHeight="1"/>
     <row r="496" ht="15" customHeight="1"/>
     <row r="497" ht="15" customHeight="1"/>
     <row r="498" ht="15" customHeight="1"/>
     <row r="499" ht="15" customHeight="1"/>
     <row r="500" ht="15" customHeight="1"/>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="A1:J1"/>
     <mergeCell ref="A2:J2"/>
     <mergeCell ref="A4:A6"/>
     <mergeCell ref="B4:I4"/>
     <mergeCell ref="C5:E5"/>
     <mergeCell ref="F5:G5"/>
     <mergeCell ref="H5:I5"/>
-    <mergeCell ref="A28:J28"/>
-    <mergeCell ref="A31:J31"/>
+    <mergeCell ref="A29:J29"/>
+    <mergeCell ref="A32:J32"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>BEOH</dc:creator>
+  <dc:creator>zghori</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
 </coreProperties>
 </file>