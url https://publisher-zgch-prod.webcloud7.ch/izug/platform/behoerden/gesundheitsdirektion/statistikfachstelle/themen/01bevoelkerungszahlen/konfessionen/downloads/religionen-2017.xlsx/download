--- v0 (2025-12-18)
+++ v1 (2026-02-10)
@@ -16,93 +16,93 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="13125" windowHeight="6105" firstSheet="0" activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Konfessionen" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t xml:space="preserve">Konfessionen</t>
   </si>
   <si>
-    <t xml:space="preserve">Kanton Zug, 2023</t>
+    <t xml:space="preserve">Kanton Zug, 2024</t>
   </si>
   <si>
     <t xml:space="preserve">Religion</t>
   </si>
   <si>
-    <t xml:space="preserve">Anzahl Personen über 15 Jahre</t>
+    <t xml:space="preserve">Anzahl Personen</t>
   </si>
   <si>
     <t xml:space="preserve">Römisch-katholisch</t>
   </si>
   <si>
     <t xml:space="preserve">Ohne Religionszugehörigkeit</t>
   </si>
   <si>
     <t xml:space="preserve">Evangelisch-reformiert</t>
   </si>
   <si>
     <t xml:space="preserve">Andere christliche Glaubensgemeinschaften</t>
   </si>
   <si>
     <t xml:space="preserve">Islamische Glaubensgemeinschaften</t>
   </si>
   <si>
     <t xml:space="preserve">Andere Religionsgemeinschaften</t>
   </si>
   <si>
-    <t xml:space="preserve">Religionszugehörigkeit unbekannt</t>
+    <t xml:space="preserve">Unbekannt</t>
   </si>
   <si>
     <t xml:space="preserve">Jüdische Glaubensgemeinschaften</t>
   </si>
   <si>
     <t xml:space="preserve">Total</t>
   </si>
   <si>
-    <t xml:space="preserve">Daten 2023 hochgerechnet auf die Bevölkerung des Kantons Zug (Über 15 Jahre)</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">Fachstelle Statistik des Kantons Zug</t>
+    <t xml:space="preserve">Daten hochgerechnet auf die Bevölkerung des Kantons Zug (Über 15 Jahre)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Datenquelle: Bundesamt für Statistik, Strukturerhebung</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fachstelle für Daten und Statistik</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="166" formatCode="#,##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="20"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <b/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -487,52 +487,52 @@
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="true">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
-    <col min="1" max="1" width="37.7913953488372" hidden="0" customWidth="1"/>
-    <col min="2" max="2" width="17.5704651162791" hidden="0" customWidth="1"/>
+    <col min="1" max="1" width="37.9808333333333" hidden="0" customWidth="1"/>
+    <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
     <col min="3" max="3" width="9.14" hidden="0" customWidth="1"/>
     <col min="4" max="4" width="9.14" hidden="0" customWidth="1"/>
     <col min="5" max="5" width="9.14" hidden="0" customWidth="1"/>
     <col min="6" max="6" width="9.14" hidden="0" customWidth="1"/>
     <col min="7" max="7" width="9.14" hidden="0" customWidth="1"/>
     <col min="8" max="8" width="9.14" hidden="0" customWidth="1"/>
     <col min="9" max="9" width="9.14" hidden="0" customWidth="1"/>
     <col min="10" max="10" width="9.14" hidden="0" customWidth="1"/>
     <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
     <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
     <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
     <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
     <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
     <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
     <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
     <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
     <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
     <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
     <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
     <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
     <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
     <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
     <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
     <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
     <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
@@ -613,115 +613,115 @@
   <sheetData>
     <row r="1" ht="30" customHeight="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="15" customHeight="1"/>
     <row r="4" ht="30" customHeight="1">
       <c r="A4" s="6" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" ht="15" customHeight="1">
       <c r="A5" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B5" s="8" t="n">
-        <v>47157.383740969</v>
+        <v>46646</v>
       </c>
     </row>
     <row r="6" ht="15" customHeight="1">
       <c r="A6" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B6" s="8" t="n">
-        <v>36654.130603069</v>
+        <v>38194</v>
       </c>
     </row>
     <row r="7" ht="15" customHeight="1">
       <c r="A7" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B7" s="8" t="n">
-        <v>12188.92130489</v>
+        <v>13122</v>
       </c>
     </row>
     <row r="8" ht="15" customHeight="1">
       <c r="A8" s="7" t="s">
         <v>7</v>
       </c>
       <c r="B8" s="8" t="n">
-        <v>6946.228001458</v>
+        <v>6192</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="8" t="n">
-        <v>4944.971986382</v>
+        <v>4219</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
         <v>9</v>
       </c>
       <c r="B10" s="8" t="n">
-        <v>1402.493312616</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
         <v>10</v>
       </c>
       <c r="B11" s="8" t="n">
-        <v>677.434357802</v>
+        <v>732</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
         <v>11</v>
       </c>
       <c r="B12" s="8" t="n">
-        <v>147.436692879</v>
+        <v>303</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
         <v>12</v>
       </c>
       <c r="B13" s="8" t="n">
-        <v>110119.000000065</v>
+        <v>111083</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="1"/>
       <c r="B14" s="2"/>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B15" s="2"/>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B16" s="2"/>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="1"/>
       <c r="B17" s="2"/>
     </row>
     <row r="18" ht="81" customHeight="1"/>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="5" t="s">
@@ -1209,30 +1209,30 @@
     <row r="498" ht="15" customHeight="1"/>
     <row r="499" ht="15" customHeight="1"/>
     <row r="500" ht="15" customHeight="1"/>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A15:H15"/>
     <mergeCell ref="A16:H16"/>
     <mergeCell ref="A19:H19"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>BEOH</dc:creator>
+  <dc:creator>zghori</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
 </coreProperties>
 </file>